--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -259,57 +259,57 @@
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00AE5E39" w:rsidRPr="00781600">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A7CBA8" w14:textId="4477037F" w:rsidR="00E31CC3" w:rsidRDefault="00781600" w:rsidP="00781600">
+    <w:p w14:paraId="74A7CBA8" w14:textId="3169463F" w:rsidR="00E31CC3" w:rsidRDefault="00781600" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00781600">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -408,66 +408,66 @@
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> ،</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> الدولة</w:t>
       </w:r>
-      <w:r w:rsidR="009329A3">
+      <w:r w:rsidR="00D827F7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>، البريد الالكتروني</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B86206" w14:textId="06AA535D" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
+    <w:p w14:paraId="31B86206" w14:textId="232A7119" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
@@ -569,68 +569,68 @@
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> ،</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الدولة </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009329A3">
+        <w:t xml:space="preserve"> الدولة</w:t>
+      </w:r>
+      <w:r w:rsidR="00D827F7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>، البريد الالكتروني</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CFD4882" w14:textId="7F1DC8A0" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00C209F1">
+    <w:p w14:paraId="6CFD4882" w14:textId="26A12AC1" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00C209F1">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
@@ -732,98 +732,120 @@
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> ،</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الدولة </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009329A3">
+        <w:t xml:space="preserve"> الدولة</w:t>
+      </w:r>
+      <w:r w:rsidR="00D827F7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>، البريد الالكتروني</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505A94FE" w14:textId="3BCB8C8D" w:rsidR="00E31CC3" w:rsidRPr="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
+    <w:p w14:paraId="505A94FE" w14:textId="422A04FA" w:rsidR="00E31CC3" w:rsidRPr="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
-      <w:r w:rsidR="009329A3">
+      <w:r w:rsidR="00D827F7" w:rsidRPr="00D827F7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>الباحث المرجعي</w:t>
+        <w:t>البريد الالكتروني</w:t>
+      </w:r>
+      <w:r w:rsidR="00D827F7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ل</w:t>
+      </w:r>
+      <w:r w:rsidR="009329A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>لباحث المرجعي</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6514C502" w14:textId="3E12AE1D" w:rsidR="00E31CC3" w:rsidRPr="00781600" w:rsidRDefault="00E31CC3" w:rsidP="00AE5E39">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="599035D2" w14:textId="2DEA9D17" w:rsidR="00E31CC3" w:rsidRPr="009329A3" w:rsidRDefault="00C209F1" w:rsidP="00E31CC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="426"/>
         </w:tabs>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
@@ -2253,58 +2275,58 @@
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="567" w:footer="113" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="273"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5ADCB886" w14:textId="77777777" w:rsidR="00124885" w:rsidRDefault="00124885">
+    <w:p w14:paraId="6AE8A632" w14:textId="77777777" w:rsidR="00B87823" w:rsidRDefault="00B87823">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F38FACD" w14:textId="77777777" w:rsidR="00124885" w:rsidRDefault="00124885">
+    <w:p w14:paraId="0881CF05" w14:textId="77777777" w:rsidR="00B87823" w:rsidRDefault="00B87823">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Simplified Arabic">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2797,58 +2819,58 @@
       <w:t>يح</w:t>
     </w:r>
     <w:r w:rsidRPr="00D622AD">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
   </w:p>
   <w:p w14:paraId="27E9804F" w14:textId="77777777" w:rsidR="00C55837" w:rsidRPr="00C55837" w:rsidRDefault="00C55837">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49E6C04E" w14:textId="77777777" w:rsidR="00124885" w:rsidRDefault="00124885">
+    <w:p w14:paraId="324663B3" w14:textId="77777777" w:rsidR="00B87823" w:rsidRDefault="00B87823">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A664683" w14:textId="77777777" w:rsidR="00124885" w:rsidRDefault="00124885">
+    <w:p w14:paraId="281B9D1A" w14:textId="77777777" w:rsidR="00B87823" w:rsidRDefault="00B87823">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="395E1086" w14:textId="77777777" w:rsidR="00A305F0" w:rsidRDefault="00A305F0" w:rsidP="00713D57">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rtl/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -6477,51 +6499,51 @@
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2MDEzMTSyNDI0MDM3NTFU0lEKTi0uzszPAykwrwUA8TI6aCwAAAA="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2MDEzMTSyNDI0MDM3NTFU0lEKTi0uzszPAymwqAUAPi6i7ywAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00CB0670"/>
     <w:rsid w:val="000008A4"/>
     <w:rsid w:val="00001B8E"/>
     <w:rsid w:val="000025C6"/>
     <w:rsid w:val="00003F2E"/>
     <w:rsid w:val="000040DC"/>
     <w:rsid w:val="0000425C"/>
     <w:rsid w:val="000069F6"/>
     <w:rsid w:val="000070C6"/>
     <w:rsid w:val="00011C9C"/>
     <w:rsid w:val="00011FE1"/>
     <w:rsid w:val="000121C0"/>
     <w:rsid w:val="00012CDD"/>
     <w:rsid w:val="00013783"/>
     <w:rsid w:val="000144CE"/>
     <w:rsid w:val="0001474B"/>
     <w:rsid w:val="0001481D"/>
     <w:rsid w:val="00015977"/>
     <w:rsid w:val="000203DE"/>
     <w:rsid w:val="00021CB4"/>
     <w:rsid w:val="00022BBE"/>
     <w:rsid w:val="0002304C"/>
     <w:rsid w:val="00023ED9"/>
@@ -6972,50 +6994,51 @@
     <w:rsid w:val="00420D25"/>
     <w:rsid w:val="00420F9E"/>
     <w:rsid w:val="00421A31"/>
     <w:rsid w:val="004237AE"/>
     <w:rsid w:val="00425C39"/>
     <w:rsid w:val="00427A44"/>
     <w:rsid w:val="00430DF5"/>
     <w:rsid w:val="00432A0A"/>
     <w:rsid w:val="00432C0E"/>
     <w:rsid w:val="004360D4"/>
     <w:rsid w:val="00436279"/>
     <w:rsid w:val="00444762"/>
     <w:rsid w:val="0044514F"/>
     <w:rsid w:val="004472D1"/>
     <w:rsid w:val="00447FB1"/>
     <w:rsid w:val="004520FF"/>
     <w:rsid w:val="004551B6"/>
     <w:rsid w:val="00457B18"/>
     <w:rsid w:val="00457B42"/>
     <w:rsid w:val="00461A99"/>
     <w:rsid w:val="00461B0D"/>
     <w:rsid w:val="00465CB4"/>
     <w:rsid w:val="00466CF1"/>
     <w:rsid w:val="0047080C"/>
     <w:rsid w:val="00470D2D"/>
+    <w:rsid w:val="0047258B"/>
     <w:rsid w:val="00474246"/>
     <w:rsid w:val="004774C6"/>
     <w:rsid w:val="0047779C"/>
     <w:rsid w:val="00480171"/>
     <w:rsid w:val="004812BC"/>
     <w:rsid w:val="00481BC3"/>
     <w:rsid w:val="004829E8"/>
     <w:rsid w:val="00482BDD"/>
     <w:rsid w:val="00482EBA"/>
     <w:rsid w:val="00491799"/>
     <w:rsid w:val="0049227A"/>
     <w:rsid w:val="00492606"/>
     <w:rsid w:val="0049331E"/>
     <w:rsid w:val="00493DCD"/>
     <w:rsid w:val="00495101"/>
     <w:rsid w:val="00495286"/>
     <w:rsid w:val="0049746B"/>
     <w:rsid w:val="0049794A"/>
     <w:rsid w:val="00497979"/>
     <w:rsid w:val="00497CE0"/>
     <w:rsid w:val="004A0AF9"/>
     <w:rsid w:val="004A10B2"/>
     <w:rsid w:val="004A26A2"/>
     <w:rsid w:val="004A3953"/>
     <w:rsid w:val="004A47FA"/>
@@ -7784,50 +7807,51 @@
     <w:rsid w:val="00B42AAD"/>
     <w:rsid w:val="00B42DF7"/>
     <w:rsid w:val="00B43881"/>
     <w:rsid w:val="00B43D8C"/>
     <w:rsid w:val="00B44517"/>
     <w:rsid w:val="00B47B35"/>
     <w:rsid w:val="00B52BC2"/>
     <w:rsid w:val="00B53885"/>
     <w:rsid w:val="00B545B0"/>
     <w:rsid w:val="00B55932"/>
     <w:rsid w:val="00B57E1F"/>
     <w:rsid w:val="00B618B7"/>
     <w:rsid w:val="00B62037"/>
     <w:rsid w:val="00B62757"/>
     <w:rsid w:val="00B62F00"/>
     <w:rsid w:val="00B701BE"/>
     <w:rsid w:val="00B74D93"/>
     <w:rsid w:val="00B75A3C"/>
     <w:rsid w:val="00B76A01"/>
     <w:rsid w:val="00B76A86"/>
     <w:rsid w:val="00B82DBB"/>
     <w:rsid w:val="00B84A8D"/>
     <w:rsid w:val="00B85B88"/>
     <w:rsid w:val="00B86755"/>
     <w:rsid w:val="00B870A6"/>
+    <w:rsid w:val="00B87823"/>
     <w:rsid w:val="00B91F15"/>
     <w:rsid w:val="00B93B7B"/>
     <w:rsid w:val="00B94069"/>
     <w:rsid w:val="00B957D7"/>
     <w:rsid w:val="00BA0F24"/>
     <w:rsid w:val="00BA23D4"/>
     <w:rsid w:val="00BA26E3"/>
     <w:rsid w:val="00BA3DFB"/>
     <w:rsid w:val="00BA5C18"/>
     <w:rsid w:val="00BA6B9B"/>
     <w:rsid w:val="00BA74AA"/>
     <w:rsid w:val="00BB0BAB"/>
     <w:rsid w:val="00BB0F98"/>
     <w:rsid w:val="00BB1BC3"/>
     <w:rsid w:val="00BB3645"/>
     <w:rsid w:val="00BB49EB"/>
     <w:rsid w:val="00BB54FB"/>
     <w:rsid w:val="00BB6259"/>
     <w:rsid w:val="00BB673E"/>
     <w:rsid w:val="00BB7769"/>
     <w:rsid w:val="00BC10DB"/>
     <w:rsid w:val="00BC3D33"/>
     <w:rsid w:val="00BD06B8"/>
     <w:rsid w:val="00BD2EBB"/>
     <w:rsid w:val="00BD358A"/>
@@ -8003,50 +8027,51 @@
     <w:rsid w:val="00D530A4"/>
     <w:rsid w:val="00D53566"/>
     <w:rsid w:val="00D551E5"/>
     <w:rsid w:val="00D56179"/>
     <w:rsid w:val="00D56EF1"/>
     <w:rsid w:val="00D57E30"/>
     <w:rsid w:val="00D604D1"/>
     <w:rsid w:val="00D617C4"/>
     <w:rsid w:val="00D640D6"/>
     <w:rsid w:val="00D67AD6"/>
     <w:rsid w:val="00D67E35"/>
     <w:rsid w:val="00D725D5"/>
     <w:rsid w:val="00D7288C"/>
     <w:rsid w:val="00D72D24"/>
     <w:rsid w:val="00D73091"/>
     <w:rsid w:val="00D73B53"/>
     <w:rsid w:val="00D73D89"/>
     <w:rsid w:val="00D747ED"/>
     <w:rsid w:val="00D748F3"/>
     <w:rsid w:val="00D74BB9"/>
     <w:rsid w:val="00D75264"/>
     <w:rsid w:val="00D75286"/>
     <w:rsid w:val="00D75831"/>
     <w:rsid w:val="00D75B22"/>
     <w:rsid w:val="00D80E9F"/>
+    <w:rsid w:val="00D827F7"/>
     <w:rsid w:val="00D83EC3"/>
     <w:rsid w:val="00D85FBB"/>
     <w:rsid w:val="00D864B6"/>
     <w:rsid w:val="00D86940"/>
     <w:rsid w:val="00D87C86"/>
     <w:rsid w:val="00D90AD0"/>
     <w:rsid w:val="00D91939"/>
     <w:rsid w:val="00D958D0"/>
     <w:rsid w:val="00D96FEC"/>
     <w:rsid w:val="00D97A99"/>
     <w:rsid w:val="00D97BEB"/>
     <w:rsid w:val="00D97D86"/>
     <w:rsid w:val="00D97F01"/>
     <w:rsid w:val="00DA0285"/>
     <w:rsid w:val="00DA1FA1"/>
     <w:rsid w:val="00DA21CD"/>
     <w:rsid w:val="00DA2915"/>
     <w:rsid w:val="00DA2F99"/>
     <w:rsid w:val="00DA3DD7"/>
     <w:rsid w:val="00DA514B"/>
     <w:rsid w:val="00DA5BF3"/>
     <w:rsid w:val="00DA7F78"/>
     <w:rsid w:val="00DB0ADA"/>
     <w:rsid w:val="00DB1F1B"/>
     <w:rsid w:val="00DB3C0D"/>
@@ -10421,82 +10446,82 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>209</Words>
-  <Characters>1197</Characters>
+  <Words>180</Words>
+  <Characters>1188</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1404</CharactersWithSpaces>
+  <CharactersWithSpaces>1333</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5373978</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://etec.gov.sa/ar/productsandservices/Qiyas/internationaltests/TIMSS/Pages/default.aspx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>