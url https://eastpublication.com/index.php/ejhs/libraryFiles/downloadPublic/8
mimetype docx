--- v1 (2025-12-12)
+++ v2 (2026-02-04)
@@ -1,1017 +1,1069 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="395E0E6A" w14:textId="2A8FADBF" w:rsidR="001D09E5" w:rsidRPr="009329A3" w:rsidRDefault="00C209F1" w:rsidP="001D09E5">
+    <w:p w14:paraId="395E0E6A" w14:textId="0DB9AE27" w:rsidR="001D09E5" w:rsidRPr="009329A3" w:rsidRDefault="00C209F1" w:rsidP="001D09E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009329A3">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
-        <w:t xml:space="preserve">عنوان المقال (خط </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">عنوان المقال </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093E47">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:bidi="ar-OM"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(خط </w:t>
+      </w:r>
+      <w:r w:rsidR="009329A3" w:rsidRPr="00093E47">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:rtl/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> غليظ)</w:t>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093E47">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> غليظ</w:t>
+      </w:r>
+      <w:r w:rsidR="00093E47">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ونوع الخط </w:t>
+      </w:r>
+      <w:r w:rsidR="00093E47">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>Times New Roman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093E47">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6719363E" w14:textId="77777777" w:rsidR="00AE5E39" w:rsidRPr="00781600" w:rsidRDefault="00AE5E39" w:rsidP="00AE5E39">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="150BFC4E" w14:textId="0CC3E2F1" w:rsidR="00AE5E39" w:rsidRPr="00781600" w:rsidRDefault="00C209F1" w:rsidP="00781600">
+    <w:p w14:paraId="150BFC4E" w14:textId="177007FC" w:rsidR="00AE5E39" w:rsidRPr="00093E47" w:rsidRDefault="00C209F1" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D554B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>الباحث الأول</w:t>
+      </w:r>
+      <w:r w:rsidR="00781600" w:rsidRPr="002D554B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D554B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31CC3" w:rsidRPr="002D554B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E31CC3" w:rsidRPr="002D554B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D554B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>الباحث الثاني</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D554B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00781600" w:rsidRPr="002D554B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31CC3" w:rsidRPr="002D554B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D554B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>الباحث الثالث</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D554B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5E39" w:rsidRPr="002D554B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00093E47" w:rsidRPr="00093E47">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00093E47" w:rsidRPr="00093E47">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">خط </w:t>
+      </w:r>
+      <w:r w:rsidR="00093E47" w:rsidRPr="00093E47">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00093E47" w:rsidRPr="00093E47">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> غليظ ونوع الخط)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A7CBA8" w14:textId="3169463F" w:rsidR="00E31CC3" w:rsidRDefault="00781600" w:rsidP="00781600">
+      <w:pPr>
+        <w:ind w:left="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:bidi="ar-JO"/>
+          <w:lang w:bidi="ar-OM"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-      <w:r w:rsidR="00781600" w:rsidRPr="00781600">
+      <w:r w:rsidRPr="00781600">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve">* </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E31CC3" w:rsidRPr="00781600">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B67DD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>،</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E31CC3" w:rsidRPr="00781600">
+        <w:t>القسم،</w:t>
+      </w:r>
+      <w:r w:rsidR="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008B67DD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>الباحث الثاني</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>الجامعة،</w:t>
+      </w:r>
+      <w:r w:rsidR="00C209F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C209F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>المدينه</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C209F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C209F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الدولة</w:t>
+      </w:r>
+      <w:r w:rsidR="00D827F7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B86206" w14:textId="232A7119" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
+      <w:pPr>
+        <w:ind w:left="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00781600" w:rsidRPr="00781600">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>،</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E31CC3" w:rsidRPr="00781600">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B67DD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>القسم،</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>الباحث الثالث</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B67DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>الجامعة،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>المدينه</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الدولة</w:t>
+      </w:r>
+      <w:r w:rsidR="00D827F7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFD4882" w14:textId="26A12AC1" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00C209F1">
+      <w:pPr>
+        <w:ind w:left="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00AE5E39" w:rsidRPr="00781600">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B67DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>القسم،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B67DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>الجامعة،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>المدينه</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الدولة</w:t>
+      </w:r>
+      <w:r w:rsidR="00D827F7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A7CBA8" w14:textId="3169463F" w:rsidR="00E31CC3" w:rsidRDefault="00781600" w:rsidP="00781600">
+    <w:p w14:paraId="505A94FE" w14:textId="422A04FA" w:rsidR="00E31CC3" w:rsidRPr="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:b w:val="0"/>
-[...488 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk217317301"/>
       <w:r w:rsidRPr="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r w:rsidR="00D827F7" w:rsidRPr="00D827F7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>البريد الالكتروني</w:t>
       </w:r>
       <w:r w:rsidR="00D827F7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> ل</w:t>
       </w:r>
       <w:r w:rsidR="009329A3">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>لباحث المرجعي</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="6514C502" w14:textId="3E12AE1D" w:rsidR="00E31CC3" w:rsidRPr="00781600" w:rsidRDefault="00E31CC3" w:rsidP="00AE5E39">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="599035D2" w14:textId="2DEA9D17" w:rsidR="00E31CC3" w:rsidRPr="009329A3" w:rsidRDefault="00C209F1" w:rsidP="00E31CC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="426"/>
         </w:tabs>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009329A3">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
-        <w:t>Article Title in English (1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009329A3">
+        <w:t xml:space="preserve">Article Title in English </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093E47">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
+        <w:t>(1</w:t>
+      </w:r>
+      <w:r w:rsidR="009329A3" w:rsidRPr="00093E47">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="009329A3">
+      <w:r w:rsidRPr="00093E47">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bold)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="471FDFA1" w14:textId="77777777" w:rsidR="00781600" w:rsidRPr="00781600" w:rsidRDefault="00781600" w:rsidP="00781600">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="426"/>
         </w:tabs>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CC193B1" w14:textId="0F7F3172" w:rsidR="00E31CC3" w:rsidRDefault="00C209F1" w:rsidP="00E31CC3">
+    <w:p w14:paraId="0CC193B1" w14:textId="0F7F3172" w:rsidR="00E31CC3" w:rsidRPr="002D554B" w:rsidRDefault="00C209F1" w:rsidP="00E31CC3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:b w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002D554B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:b w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
         <w:t>First Author</w:t>
       </w:r>
-      <w:r w:rsidR="00781600" w:rsidRPr="00781600">
+      <w:r w:rsidR="00781600" w:rsidRPr="002D554B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:b w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00781600">
+      <w:r w:rsidR="00781600" w:rsidRPr="002D554B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:b w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00781600">
+      <w:r w:rsidR="00781600" w:rsidRPr="002D554B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:b w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002D554B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:b w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Second Author</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002D554B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:b w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00781600">
+      <w:r w:rsidR="00781600" w:rsidRPr="002D554B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:b w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002D554B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:b w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Third Author</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002D554B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:b w:val="0"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="184BF4C0" w14:textId="54B043C6" w:rsidR="00781600" w:rsidRDefault="00781600" w:rsidP="00781600">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:bidi="ar-IQ"/>
@@ -1277,51 +1329,51 @@
     <w:p w14:paraId="395E0E6F" w14:textId="77777777" w:rsidR="001D09E5" w:rsidRPr="00E31CC3" w:rsidRDefault="001D09E5" w:rsidP="00E31CC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-EG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E31CC3">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
         <w:t>الملخص العربي:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395E0E71" w14:textId="0B5BC080" w:rsidR="00E41041" w:rsidRPr="00E31CC3" w:rsidRDefault="00C209F1" w:rsidP="007A6D65">
+    <w:p w14:paraId="395E0E71" w14:textId="3A1F881E" w:rsidR="00E41041" w:rsidRPr="00E31CC3" w:rsidRDefault="00C209F1" w:rsidP="007A6D65">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
@@ -1339,230 +1391,1515 @@
           <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
         <w:t>ولايزيد</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
-        <w:t xml:space="preserve"> عن 300 </w:t>
-[...18 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> .</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313" w:rsidRPr="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313" w:rsidRPr="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313" w:rsidRPr="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313" w:rsidRPr="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313" w:rsidRPr="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313" w:rsidRPr="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313" w:rsidRPr="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313" w:rsidRPr="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313" w:rsidRPr="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313" w:rsidRPr="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313" w:rsidRPr="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313" w:rsidRPr="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313" w:rsidRPr="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A4313">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97D9C" w:rsidRPr="00E31CC3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="395E0E72" w14:textId="3FE4EA46" w:rsidR="001D09E5" w:rsidRDefault="001D09E5" w:rsidP="007A6D65">
+    <w:p w14:paraId="395E0E72" w14:textId="5E8E90EB" w:rsidR="001D09E5" w:rsidRDefault="001D09E5" w:rsidP="007A6D65">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E31CC3">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>الكلمات المفتاحية</w:t>
       </w:r>
       <w:r w:rsidRPr="00E31CC3">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00C209F1">
+      <w:r w:rsidR="009A4313">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>يكتب الكلمات المفتاحية لاتقل عن 3 ولا تزيد عن 6</w:t>
+        <w:t>كلمة مفتاحية ، كلمة مفتاحية ، كلمة مفتاحية</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C209F1">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00C209F1" w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>لاتقل عن 3 ولا تزيد عن 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E31CC3">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13879E50" w14:textId="73648BCC" w:rsidR="00532BDD" w:rsidRPr="007A6D65" w:rsidRDefault="001D09E5" w:rsidP="007A6D65">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="426"/>
         </w:tabs>
         <w:bidi w:val="0"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00781600">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395E0E7C" w14:textId="78545F61" w:rsidR="001D09E5" w:rsidRPr="00781600" w:rsidRDefault="00C209F1" w:rsidP="007A6D65">
+    <w:p w14:paraId="395E0E7C" w14:textId="3A1E5E97" w:rsidR="001D09E5" w:rsidRPr="00781600" w:rsidRDefault="00C209F1" w:rsidP="007A6D65">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Write abstract here Font size 10 and maximus 300 </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Write abstract here Font size 10 and maximus 300 words</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
-        <w:t xml:space="preserve">words </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001D09E5" w:rsidRPr="00781600">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377" w:rsidRPr="00322377">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>Write abstract here Font size 10 and maximus 300 words,</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377" w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>Write abstract here Font size 10 and maximus 300 words,</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377" w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>Write abstract here Font size 10 and maximus 300 words,</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377" w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>Write abstract here Font size 10 and maximus 300 words,</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377" w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>Write abstract here Font size 10 and maximus 300 words,</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377" w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>Write abstract here Font size 10 and maximus 300 words,</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377" w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>Write abstract here Font size 10 and maximus 300 words,</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377" w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>Write abstract here Font size 10 and maximus 300 words,</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377" w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>Write abstract here Font size 10 and maximus 300 words,</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377" w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>Write abstract here Font size 10 and maximus 300 words,</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377" w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>Write abstract here Font size 10 and maximus 300 words,</w:t>
+      </w:r>
+      <w:r w:rsidR="00322377" w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00322377">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>Write abstract here Font size 10 and maximus 300 words</w:t>
+      </w:r>
+      <w:r w:rsidR="001D09E5" w:rsidRPr="00781600">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-IQ"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="395E0E7D" w14:textId="7CCA948B" w:rsidR="001D09E5" w:rsidRDefault="001D09E5" w:rsidP="007A6D65">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="426"/>
         </w:tabs>
         <w:bidi w:val="0"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00781600">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
@@ -1586,71 +2923,53 @@
       <w:r w:rsidR="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
         <w:t>Keywords minimum 3 and maximum 6</w:t>
       </w:r>
       <w:r w:rsidRPr="00781600">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00AE4987" w14:textId="77777777" w:rsidR="00F65F4B" w:rsidRPr="00781600" w:rsidRDefault="00F65F4B" w:rsidP="00F65F4B">
-[...19 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="395E0E80" w14:textId="0CEE6594" w:rsidR="00A854D5" w:rsidRPr="00C539A7" w:rsidRDefault="00A854D5" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C539A7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
         <w:t>المقدمة:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C539A7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F65F4B">
@@ -1658,675 +2977,6684 @@
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F65F4B" w:rsidRPr="00F65F4B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F65F4B" w:rsidRPr="00F65F4B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
+        <w:t xml:space="preserve"> خط 14 غليظ</w:t>
+      </w:r>
+      <w:r w:rsidR="00814C79">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> و</w:t>
+      </w:r>
+      <w:r w:rsidR="00814C79" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">المسافة قبل الفقرة الرئيسية 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00814C79" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>نقطة )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="395E0E88" w14:textId="65D5A696" w:rsidR="00C15C98" w:rsidRDefault="00814C79" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تبدأ الفقرة الأولى من المقدمة بمسافة بادئة وبخط حجم 14 من نوع </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roman </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> وينطبق</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> هذا على جميع أجزاء البحث (</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6FD4" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C6FD4" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>خط  عادي</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> والمسافة بين الاسطر 1</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6FD4" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6FD4" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6FD4" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6FD4" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>وينطبق هذا على جميع أجزاء البحث</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFAFB7E" w14:textId="6FD68B2B" w:rsidR="007C6FD4" w:rsidRDefault="007C6FD4" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>تكتب الفقرة الثانية من المقدمة هنا، تكتب المقدمة هنا</w:t>
+      </w:r>
+      <w:r w:rsidR="00814C79">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> وتبدأ بمسافة بادئة </w:t>
+      </w:r>
+      <w:r w:rsidR="00814C79" w:rsidRPr="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وكذلك مسافة قبل بدء الفقرة بمقدار 12 نقطة </w:t>
+      </w:r>
+      <w:r w:rsidR="00814C79">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وينطبق هذا على جميع الفقرات </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00814C79">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>التالية  في</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00814C79">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> البحث</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19754A68" w14:textId="77777777" w:rsidR="007B4015" w:rsidRPr="00C539A7" w:rsidRDefault="00FC46A6" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F504D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>فرعي 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>( خط</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14 غليظ</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> و</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">المسافة قبل الفقرة الرئيسية 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>نقطة )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1BF8DA52" w14:textId="7453CB20" w:rsidR="00FC46A6" w:rsidRDefault="00814C79" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">يبدأ القسم الفرعي تحت أي قسم رئيسي بمسافة بادئة ثم يستمر بنفس نفس الفقرات لكل المحتوى بحجم خط 14 من نوع </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New </w:t>
+      </w:r>
+      <w:r w:rsidR="0094096E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:r w:rsidR="0094096E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> وينطبق هذا على جميع الأقسام الفرعية </w:t>
+      </w:r>
+      <w:r w:rsidR="0094096E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ويستخدم الاستشهاد بالمراجع بنسق </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0094096E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APA </w:t>
+      </w:r>
+      <w:r w:rsidR="0094096E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> وهذا</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0094096E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> المثال على الاستشهاد بمقال العماني المنشور في عام 2025 مثلا </w:t>
+      </w:r>
+      <w:r w:rsidR="0094096E" w:rsidRPr="0094096E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0094096E" w:rsidRPr="0094096E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>العماني ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0094096E" w:rsidRPr="0094096E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0094096E" w:rsidRPr="0094096E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>2025 )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0094096E" w:rsidRPr="0094096E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729F6519" w14:textId="77777777" w:rsidR="007B4015" w:rsidRPr="00C539A7" w:rsidRDefault="00FC46A6" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F504D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>فرعي 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>( خط</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14 غليظ</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> و</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">المسافة قبل الفقرة الرئيسية 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>نقطة )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="047DBC5F" w14:textId="649BEFCF" w:rsidR="007C6FD4" w:rsidRDefault="00814C79" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يبدأ القسم الفرعي تحت أي قسم رئيسي بمسافة بادئة ثم يستمر بنفس نفس الفقرات لكل المحتوى بحجم خط 14 من نوع </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Times New </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> وينطبق هذا على جميع الأقسام </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الفرعية </w:t>
+      </w:r>
+      <w:r w:rsidR="00093E47">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="6AFFF7BF" w14:textId="77777777" w:rsidR="007B4015" w:rsidRPr="00C539A7" w:rsidRDefault="00E442EA" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc105276121"/>
+      <w:r w:rsidRPr="00C539A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>الدراسات السابقة</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00C539A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>( خط</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14 غليظ</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> و</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">المسافة قبل الفقرة الرئيسية 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>نقطة )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="64F0CFB1" w14:textId="234CCDA1" w:rsidR="007C6FD4" w:rsidRDefault="00F65F4B" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هنا </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6FD4" w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C6FD4" w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C6FD4" w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C6FD4" w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C6FD4" w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C6FD4" w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C6FD4" w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم هنا </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6826" w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وعند الاستشهاد بمقال لباحثين يمكن الكتابة هكذا </w:t>
+      </w:r>
+      <w:r w:rsidR="008F6826" w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>الساعدي والسعيدي (2025).</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB602F0" w14:textId="75D80D74" w:rsidR="00F65F4B" w:rsidRDefault="007C6FD4" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم هنا، يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم هنا </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194DFBE9" w14:textId="77777777" w:rsidR="007B4015" w:rsidRPr="00C539A7" w:rsidRDefault="007C6FD4" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F504D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>فرعي 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>( خط</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14 غليظ</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> و</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">المسافة قبل الفقرة الرئيسية 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>نقطة )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="50DA1FCD" w14:textId="77777777" w:rsidR="007C6FD4" w:rsidRDefault="007C6FD4" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا، يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33122DB0" w14:textId="77777777" w:rsidR="007B4015" w:rsidRPr="00C539A7" w:rsidRDefault="007C6FD4" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F504D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>فرعي 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015" w:rsidRPr="007B4015">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>( خط</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14 غليظ</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> و</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">المسافة قبل الفقرة الرئيسية 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>نقطة )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="193F32E6" w14:textId="5B6F8570" w:rsidR="007C6FD4" w:rsidRDefault="007C6FD4" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا، يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE06EE5" w14:textId="77777777" w:rsidR="007B4015" w:rsidRPr="00C539A7" w:rsidRDefault="00A854D5" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C539A7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>منهجية للدراسة</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C539A7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="007B4015">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>( خط</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14 غليظ</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> و</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">المسافة قبل الفقرة الرئيسية 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B4015" w:rsidRPr="00814C79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="fr-FR" w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>نقطة )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="24A004BF" w14:textId="67360C7C" w:rsidR="007C6FD4" w:rsidRDefault="007C6FD4" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هنا </w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F9876A1" w14:textId="7F8F855E" w:rsidR="007B4015" w:rsidRDefault="007B4015" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>تكتب الفقرة الثانية من المقدمة هنا، تكتب المقدمة هنا و</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12223">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بدون مسافة </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بادئة </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">مسافة </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12223">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>بين الفقرتين</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> بمقدار 12 نقطة </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وينطبق هذا على جميع الفقرات </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>التالية  في</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> البحث </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BE6476" w14:textId="77777777" w:rsidR="007C6FD4" w:rsidRPr="009F504D" w:rsidRDefault="007C6FD4" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F504D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>فرعي 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1320BF7D" w14:textId="336E7D75" w:rsidR="007C6FD4" w:rsidRDefault="007C6FD4" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>يكتب القسم الفرعي هنا، يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A5ECFDC" w14:textId="77777777" w:rsidR="007C6FD4" w:rsidRPr="009F504D" w:rsidRDefault="007C6FD4" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F504D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>فرعي 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525926A1" w14:textId="6DF4CF18" w:rsidR="007C6FD4" w:rsidRDefault="007C6FD4" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا، يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6FD4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب القسم الفرعي هنا</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53693556" w14:textId="77777777" w:rsidR="00F65F4B" w:rsidRPr="00C539A7" w:rsidRDefault="00F65F4B" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>الخاتمة</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C539A7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C539A7">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
         <w:t xml:space="preserve"> خط 14 غليظ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395E0E88" w14:textId="02DCAE6F" w:rsidR="00C15C98" w:rsidRPr="00C539A7" w:rsidRDefault="00C209F1" w:rsidP="001F5CD7">
-[...1 lines deleted...]
-        <w:ind w:firstLine="720"/>
+    <w:p w14:paraId="27242777" w14:textId="04C05210" w:rsidR="006B11FC" w:rsidRDefault="006B11FC" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:rtl/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب القسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>هنا ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> يكتب </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">القسم </w:t>
+      </w:r>
+      <w:r w:rsidR="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F65F4B" w:rsidRPr="00F65F4B">
-[...22 lines deleted...]
-      <w:r w:rsidR="001F5CD7" w:rsidRPr="00F65F4B">
+    </w:p>
+    <w:p w14:paraId="311A0DF2" w14:textId="77777777" w:rsidR="007B4015" w:rsidRDefault="007B4015" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تكتب الفقرة الثانية من المقدمة هنا، تكتب المقدمة هنا وتبدأ بمسافة بادئة </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B4015">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وكذلك مسافة قبل بدء الفقرة بمقدار 12 نقطة </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وينطبق هذا على جميع الفقرات </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>التالية  في</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> البحث </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395E0E89" w14:textId="77777777" w:rsidR="00E442EA" w:rsidRPr="00C539A7" w:rsidRDefault="00E442EA" w:rsidP="0075618E">
-[...30 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="1F26AFAE" w14:textId="77777777" w:rsidR="00542C8C" w:rsidRDefault="00542C8C" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DB602F0" w14:textId="3CCB994D" w:rsidR="00F65F4B" w:rsidRPr="00C539A7" w:rsidRDefault="00F65F4B" w:rsidP="00F65F4B">
-[...463 lines deleted...]
-    <w:p w14:paraId="385616DD" w14:textId="59B7DF0C" w:rsidR="009329A3" w:rsidRPr="009329A3" w:rsidRDefault="009329A3" w:rsidP="009329A3">
+    <w:p w14:paraId="2A2E6F91" w14:textId="2EC33D39" w:rsidR="00542C8C" w:rsidRDefault="00542C8C" w:rsidP="00542C8C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5798"/>
         </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">المراجع </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(تكتب جميع المراجع بنسق </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542C8C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>APA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00542C8C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> وبخط</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> حجم 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504FE8A3" w14:textId="1EB0DDF9" w:rsidR="00542C8C" w:rsidRPr="00542C8C" w:rsidRDefault="00542C8C" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5798"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>المراجع العربية</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2792F8F5" w14:textId="77777777" w:rsidR="00542C8C" w:rsidRPr="00542C8C" w:rsidRDefault="00542C8C" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5798"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الخليلي، خليل بن عبد الرحمن. (2019). التحليل الإحصائي باستخدام </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>SPSS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> في البحوث التربوية. دار الفكر.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71114EE6" w14:textId="77777777" w:rsidR="00542C8C" w:rsidRPr="00542C8C" w:rsidRDefault="00542C8C" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5798"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>الحارثي، سعيد بن سالم، والبلوشي، مريم بنت علي. (2020). أثر المتغيرات الديموغرافية على الاتجاهات الاجتماعية لدى الشباب الجامعي. المجلة العربية للعلوم الإنسانية، 12(2)، 45–68.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527AE0D8" w14:textId="45A32435" w:rsidR="00542C8C" w:rsidRPr="00542C8C" w:rsidRDefault="00542C8C" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5798"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>السالمي، ناصر بن محمد. (2022). الاتجاهات الاجتماعية وعلاقتها بالخصائص الديموغرافية. مجلة العلوم التربوية، 18(1)، 101–123.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F10B022" w14:textId="4067DD26" w:rsidR="00542C8C" w:rsidRPr="009329A3" w:rsidRDefault="00542C8C" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5798"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">المراجع </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الأجنبية </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تكتب جميع المراجع بنسق </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>APA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> وبخط</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> حجم 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B8B504" w14:textId="77777777" w:rsidR="00542C8C" w:rsidRPr="00542C8C" w:rsidRDefault="00542C8C" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Creswell, J. W., &amp; Creswell, J. D. (2018). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research design: Qualitative, quantitative, and mixed methods </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>approaches</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (5th ed.). SAGE Publications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16052D67" w14:textId="77777777" w:rsidR="00542C8C" w:rsidRPr="00542C8C" w:rsidRDefault="00542C8C" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hair, J. F., Black, W. C., Babin, B. J., &amp; Anderson, R. E. (2019). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Multivariate data analysis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00542C8C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (8th ed.). Cengage Learning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF1D935" w14:textId="77777777" w:rsidR="00542C8C" w:rsidRDefault="00542C8C" w:rsidP="00542C8C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FEA0E6D" w14:textId="77777777" w:rsidR="00C55837" w:rsidRDefault="00C55837" w:rsidP="00F65F4B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14FBC5C3" w14:textId="293BEBE9" w:rsidR="007B4015" w:rsidRDefault="007B4015">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7469E57B" w14:textId="1EEDC23D" w:rsidR="00C55837" w:rsidRPr="00FC46A6" w:rsidRDefault="00FC46A6" w:rsidP="00F65F4B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC46A6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">تنسيق </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009A4313" w:rsidRPr="00FC46A6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>الجداول :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009A4313" w:rsidRPr="00FC46A6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تتسلسل الجداول حسب أولوية ظهورها في المقال بدأ من الجدول رقم 1 ويمكن تضخيم بعض </w:t>
+      </w:r>
+      <w:r w:rsidR="00093E47">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>القيم أو</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> تلوينها للإشارة لأهميتها في الجدول </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36B8B" w:rsidRPr="00B36B8B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ويسمح بخطوط الجداول من 10 الى 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36B8B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FC2111" w14:textId="77777777" w:rsidR="009A4313" w:rsidRPr="00322377" w:rsidRDefault="009A4313" w:rsidP="00F65F4B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47B8C3FE" w14:textId="278260B2" w:rsidR="00AF2553" w:rsidRPr="00C251AF" w:rsidRDefault="009A4313" w:rsidP="00AF2553">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C251AF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الجدول 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2553" w:rsidRPr="00C251AF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>الخصائص الديموغرافية لعينة الدراسة</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C251AF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C251AF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>( الخط</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C251AF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 عريض)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:bidiVisual/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2724"/>
+        <w:gridCol w:w="3264"/>
+        <w:gridCol w:w="1015"/>
+        <w:gridCol w:w="2635"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AF2553" w:rsidRPr="00AF2553" w14:paraId="3CC5A027" w14:textId="77777777" w:rsidTr="00FC46A6">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D6C436A" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>المتغير</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D62E86B" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>الفئة</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="267AF91C" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>التكرار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56B36F67" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>النسبة المئوية</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF2553" w:rsidRPr="00AF2553" w14:paraId="6AAFAD50" w14:textId="77777777" w:rsidTr="00FC46A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="049DDAED" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>الجنس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36E47902" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ذكور</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7603236E" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71732DC4" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF2553" w:rsidRPr="00AF2553" w14:paraId="74350A48" w14:textId="77777777" w:rsidTr="00FC46A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7098D2AA" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31D6C695" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>إناث</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="178D21AA" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C5140F0" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF2553" w:rsidRPr="00AF2553" w14:paraId="50CC56E8" w14:textId="77777777" w:rsidTr="00FC46A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31D856DB" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>العمر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5388DC36" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>أقل من 30 سنة</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4474D67D" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51554F34" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF2553" w:rsidRPr="00AF2553" w14:paraId="3AABACB2" w14:textId="77777777" w:rsidTr="00FC46A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2ED407" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0188F0E8" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>من 30 إلى 45 سنة</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8E9805" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="626AEA4E" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF2553" w:rsidRPr="00AF2553" w14:paraId="1A16F3CE" w14:textId="77777777" w:rsidTr="00FC46A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="670CF3E4" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76F559C0" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>أكثر من 45 سنة</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D81187B" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C94F8BC" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF2553" w:rsidRPr="00AF2553" w14:paraId="13FCE545" w14:textId="77777777" w:rsidTr="00FC46A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D93DF74" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>المستوى التعليمي</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF05922" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ثانوي</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9827B9" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3738AACA" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF2553" w:rsidRPr="00AF2553" w14:paraId="672E6FB8" w14:textId="77777777" w:rsidTr="00FC46A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67F45265" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2309CDBA" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جامعي</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2614AA" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31F38B29" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>55%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF2553" w:rsidRPr="00AF2553" w14:paraId="335E6054" w14:textId="77777777" w:rsidTr="00FC46A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B80DF26" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19FDB7EF" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دراسات عليا</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3585FA81" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE806EB" w14:textId="77777777" w:rsidR="00AF2553" w:rsidRPr="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00FC46A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2553">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="46A25334" w14:textId="5DCB53CD" w:rsidR="00AF2553" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>المصد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ر:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>( ان</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> وجد)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58649346" w14:textId="3B0847D7" w:rsidR="009A4313" w:rsidRPr="00322377" w:rsidRDefault="00AF2553" w:rsidP="00AF2553">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4235DDFC" w14:textId="25447712" w:rsidR="009A4313" w:rsidRPr="00322377" w:rsidRDefault="009A4313" w:rsidP="00F65F4B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="127B4391" w14:textId="77777777" w:rsidR="007B4015" w:rsidRDefault="007B4015">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BECDD4C" w14:textId="6118E0F7" w:rsidR="00C55837" w:rsidRPr="00FC46A6" w:rsidRDefault="00FC46A6" w:rsidP="00F65F4B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">تنسيق </w:t>
+      </w:r>
+      <w:r w:rsidR="00C251AF" w:rsidRPr="00FC46A6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>الاشكال:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> تتسلسل الأشكال حسب أولوية ظهورها في المقال بدأ من الشكل رقم 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344CCE92" w14:textId="77777777" w:rsidR="00322377" w:rsidRPr="00322377" w:rsidRDefault="00322377" w:rsidP="00F65F4B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="113402CC" w14:textId="1FE4FA8C" w:rsidR="00322377" w:rsidRPr="00322377" w:rsidRDefault="00322377" w:rsidP="00AF2553">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00322377">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B4B1F76" wp14:editId="5B09BEAE">
+            <wp:extent cx="3289300" cy="7258050"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+            <wp:docPr id="1645581115" name="Picture 8" descr="إنشاء مخطط انسيابي أساسي في Visio - دعم Microsoft"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="إنشاء مخطط انسيابي أساسي في Visio - دعم Microsoft"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3289300" cy="7258050"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55C42CF8" w14:textId="77777777" w:rsidR="009329A3" w:rsidRPr="00322377" w:rsidRDefault="009329A3" w:rsidP="009329A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69CBB46C" w14:textId="1D344484" w:rsidR="009329A3" w:rsidRPr="00C251AF" w:rsidRDefault="00322377" w:rsidP="00AF2553">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C251AF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الشكل 1: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C251AF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نموذج توضيحي لمنهجية البحث</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC46A6" w:rsidRPr="00C251AF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC46A6" w:rsidRPr="00C251AF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">(الخط 12) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096C4E09" w14:textId="77777777" w:rsidR="009329A3" w:rsidRPr="009329A3" w:rsidRDefault="009329A3" w:rsidP="009329A3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009329A3" w:rsidRPr="009329A3" w:rsidSect="00C55837">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="567" w:footer="113" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="273"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6AE8A632" w14:textId="77777777" w:rsidR="00B87823" w:rsidRDefault="00B87823">
+    <w:p w14:paraId="7F4DAF83" w14:textId="77777777" w:rsidR="005F496E" w:rsidRDefault="005F496E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0881CF05" w14:textId="77777777" w:rsidR="00B87823" w:rsidRDefault="00B87823">
+    <w:p w14:paraId="2C3FCB87" w14:textId="77777777" w:rsidR="005F496E" w:rsidRDefault="005F496E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Simplified Arabic">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2343,50 +9671,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Traditional Arabic">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Al-Kharashi 3">
     <w:altName w:val="Arial"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AF_Diwani">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -2630,74 +9959,74 @@
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rtl/>
         <w:lang w:bidi="ar-OM"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A4F2BE1" w14:textId="77777777" w:rsidR="00C55837" w:rsidRPr="00D622AD" w:rsidRDefault="00C55837" w:rsidP="00C55837">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="1" w:name="_Hlk194060641"/>
-    <w:bookmarkStart w:id="2" w:name="_Hlk194060642"/>
+    <w:bookmarkStart w:id="2" w:name="_Hlk194060641"/>
+    <w:bookmarkStart w:id="3" w:name="_Hlk194060642"/>
     <w:r w:rsidRPr="00D622AD">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:noProof/>
         <w:szCs w:val="20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33C377B7" wp14:editId="6CD47C12">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-2540</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>2540</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="838200" cy="298450"/>
           <wp:effectExtent l="0" t="0" r="0" b="6350"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="832479765" name="Picture 7" descr="Creative Commons License">
+          <wp:docPr id="1993464202" name="Picture 7" descr="Creative Commons License">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId1"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 8" descr="Creative Commons License">
                     <a:hlinkClick r:id="rId1"/>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
@@ -2805,72 +10134,72 @@
         <w:bCs w:val="0"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
       <w:t xml:space="preserve"> والتي تتيح الاستخدام والتوزيع وإعادة الإنتاج دون قيود في أي وسيط، بشرط الاستشهاد بالعمل الأصلي بشكل صح</w:t>
     </w:r>
     <w:r w:rsidRPr="00D622AD">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
       <w:t>يح</w:t>
     </w:r>
     <w:r w:rsidRPr="00D622AD">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
   </w:p>
   <w:p w14:paraId="27E9804F" w14:textId="77777777" w:rsidR="00C55837" w:rsidRPr="00C55837" w:rsidRDefault="00C55837">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="324663B3" w14:textId="77777777" w:rsidR="00B87823" w:rsidRDefault="00B87823">
+    <w:p w14:paraId="532B1A5C" w14:textId="77777777" w:rsidR="005F496E" w:rsidRDefault="005F496E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="281B9D1A" w14:textId="77777777" w:rsidR="00B87823" w:rsidRDefault="00B87823">
+    <w:p w14:paraId="6ED9C7AC" w14:textId="77777777" w:rsidR="005F496E" w:rsidRDefault="005F496E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="395E1086" w14:textId="77777777" w:rsidR="00A305F0" w:rsidRDefault="00A305F0" w:rsidP="00713D57">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rtl/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -3043,51 +10372,51 @@
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="009329A3">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
         <w:color w:val="003300"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60284438" wp14:editId="03CDF8A1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-613194</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-212090</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="615607" cy="674370"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="434278748" name="Picture 1" descr="A letter e with a black background&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:docPr id="1535619459" name="Picture 1" descr="A letter e with a black background&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="654797120" name="Picture 1" descr="A letter e with a black background&#10;&#10;AI-generated content may be incorrect."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
@@ -3607,51 +10936,51 @@
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="009329A3">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
         <w:color w:val="003300"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="361664AB" wp14:editId="6B345954">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-613194</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-212090</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="615607" cy="674370"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="654797120" name="Picture 1" descr="A letter e with a black background&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:docPr id="589400639" name="Picture 1" descr="A letter e with a black background&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="654797120" name="Picture 1" descr="A letter e with a black background&#10;&#10;AI-generated content may be incorrect."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
@@ -6472,78 +13801,77 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1001158787">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="207961090">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1312906816">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="331838823">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1315839239">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="9"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2MDEzMTSyNDI0MDM3NTFU0lEKTi0uzszPAymwqAUAPi6i7ywAAAA="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2MDEzMTSyNDI0MDM3NTFU0lEKTi0uzszPAykwNKoFAMw1CEUtAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00CB0670"/>
     <w:rsid w:val="000008A4"/>
     <w:rsid w:val="00001B8E"/>
     <w:rsid w:val="000025C6"/>
     <w:rsid w:val="00003F2E"/>
     <w:rsid w:val="000040DC"/>
     <w:rsid w:val="0000425C"/>
     <w:rsid w:val="000069F6"/>
     <w:rsid w:val="000070C6"/>
     <w:rsid w:val="00011C9C"/>
     <w:rsid w:val="00011FE1"/>
     <w:rsid w:val="000121C0"/>
     <w:rsid w:val="00012CDD"/>
     <w:rsid w:val="00013783"/>
     <w:rsid w:val="000144CE"/>
     <w:rsid w:val="0001474B"/>
     <w:rsid w:val="0001481D"/>
     <w:rsid w:val="00015977"/>
     <w:rsid w:val="000203DE"/>
     <w:rsid w:val="00021CB4"/>
     <w:rsid w:val="00022BBE"/>
     <w:rsid w:val="0002304C"/>
     <w:rsid w:val="00023ED9"/>
@@ -6570,80 +13898,82 @@
     <w:rsid w:val="00055422"/>
     <w:rsid w:val="0006002E"/>
     <w:rsid w:val="0006087E"/>
     <w:rsid w:val="00061D19"/>
     <w:rsid w:val="00063745"/>
     <w:rsid w:val="00063BD9"/>
     <w:rsid w:val="000661D5"/>
     <w:rsid w:val="000664E8"/>
     <w:rsid w:val="0007027F"/>
     <w:rsid w:val="00070429"/>
     <w:rsid w:val="00073C37"/>
     <w:rsid w:val="000755A3"/>
     <w:rsid w:val="00076ADF"/>
     <w:rsid w:val="00081C9D"/>
     <w:rsid w:val="00081FED"/>
     <w:rsid w:val="00082A60"/>
     <w:rsid w:val="0008428A"/>
     <w:rsid w:val="00085A43"/>
     <w:rsid w:val="00087112"/>
     <w:rsid w:val="00087E37"/>
     <w:rsid w:val="00090071"/>
     <w:rsid w:val="00090B07"/>
     <w:rsid w:val="00090CEF"/>
     <w:rsid w:val="00091F62"/>
     <w:rsid w:val="000922EC"/>
+    <w:rsid w:val="00093E47"/>
     <w:rsid w:val="0009405B"/>
     <w:rsid w:val="000953F2"/>
     <w:rsid w:val="000958C2"/>
     <w:rsid w:val="000958F1"/>
     <w:rsid w:val="0009751D"/>
     <w:rsid w:val="0009763A"/>
     <w:rsid w:val="000A0CA8"/>
     <w:rsid w:val="000A39E8"/>
     <w:rsid w:val="000A491D"/>
     <w:rsid w:val="000A6FD2"/>
     <w:rsid w:val="000B1BA7"/>
     <w:rsid w:val="000B3CE2"/>
     <w:rsid w:val="000B4629"/>
     <w:rsid w:val="000B527A"/>
     <w:rsid w:val="000B54AA"/>
     <w:rsid w:val="000B5AE4"/>
     <w:rsid w:val="000C0774"/>
     <w:rsid w:val="000C0BD3"/>
     <w:rsid w:val="000C133A"/>
     <w:rsid w:val="000C1512"/>
     <w:rsid w:val="000C1986"/>
     <w:rsid w:val="000C1E56"/>
     <w:rsid w:val="000C1FC6"/>
     <w:rsid w:val="000C247D"/>
     <w:rsid w:val="000C3D60"/>
     <w:rsid w:val="000C3DD5"/>
     <w:rsid w:val="000C5A02"/>
     <w:rsid w:val="000C5AB6"/>
     <w:rsid w:val="000C60E1"/>
     <w:rsid w:val="000C7368"/>
+    <w:rsid w:val="000D1C2A"/>
     <w:rsid w:val="000D2554"/>
     <w:rsid w:val="000D310D"/>
     <w:rsid w:val="000D52AE"/>
     <w:rsid w:val="000D58A5"/>
     <w:rsid w:val="000D5984"/>
     <w:rsid w:val="000E03EB"/>
     <w:rsid w:val="000E06DB"/>
     <w:rsid w:val="000E46ED"/>
     <w:rsid w:val="000E520A"/>
     <w:rsid w:val="000E557A"/>
     <w:rsid w:val="000F4278"/>
     <w:rsid w:val="000F48DE"/>
     <w:rsid w:val="000F5F2C"/>
     <w:rsid w:val="00101F1E"/>
     <w:rsid w:val="001022F4"/>
     <w:rsid w:val="0010368B"/>
     <w:rsid w:val="00103CDF"/>
     <w:rsid w:val="00105C8B"/>
     <w:rsid w:val="00110373"/>
     <w:rsid w:val="00110A66"/>
     <w:rsid w:val="001119AE"/>
     <w:rsid w:val="00111BBB"/>
     <w:rsid w:val="00113200"/>
     <w:rsid w:val="00113964"/>
     <w:rsid w:val="00113F4B"/>
@@ -6674,50 +14004,51 @@
     <w:rsid w:val="00166CE8"/>
     <w:rsid w:val="00166FD0"/>
     <w:rsid w:val="001670DB"/>
     <w:rsid w:val="00170548"/>
     <w:rsid w:val="00175684"/>
     <w:rsid w:val="00176A66"/>
     <w:rsid w:val="0018372C"/>
     <w:rsid w:val="001837E8"/>
     <w:rsid w:val="001858B3"/>
     <w:rsid w:val="0018624B"/>
     <w:rsid w:val="00186325"/>
     <w:rsid w:val="0018720D"/>
     <w:rsid w:val="0019012C"/>
     <w:rsid w:val="00190DEB"/>
     <w:rsid w:val="00190E49"/>
     <w:rsid w:val="001930D4"/>
     <w:rsid w:val="0019349A"/>
     <w:rsid w:val="001941AD"/>
     <w:rsid w:val="0019439D"/>
     <w:rsid w:val="001945DE"/>
     <w:rsid w:val="0019537C"/>
     <w:rsid w:val="0019573D"/>
     <w:rsid w:val="00195B59"/>
     <w:rsid w:val="0019695E"/>
     <w:rsid w:val="00197A02"/>
+    <w:rsid w:val="00197D14"/>
     <w:rsid w:val="001A20B5"/>
     <w:rsid w:val="001A2B96"/>
     <w:rsid w:val="001A68FF"/>
     <w:rsid w:val="001A6D5C"/>
     <w:rsid w:val="001B0E31"/>
     <w:rsid w:val="001B3F00"/>
     <w:rsid w:val="001B3F19"/>
     <w:rsid w:val="001B4FF5"/>
     <w:rsid w:val="001B5783"/>
     <w:rsid w:val="001B59C9"/>
     <w:rsid w:val="001C01F9"/>
     <w:rsid w:val="001C1A31"/>
     <w:rsid w:val="001C1DD4"/>
     <w:rsid w:val="001C3791"/>
     <w:rsid w:val="001C49D4"/>
     <w:rsid w:val="001C4C8D"/>
     <w:rsid w:val="001C5543"/>
     <w:rsid w:val="001C667F"/>
     <w:rsid w:val="001C7088"/>
     <w:rsid w:val="001C73D1"/>
     <w:rsid w:val="001D09E5"/>
     <w:rsid w:val="001D0C4C"/>
     <w:rsid w:val="001D3581"/>
     <w:rsid w:val="001D3844"/>
     <w:rsid w:val="001D40D1"/>
@@ -6790,116 +14121,119 @@
     <w:rsid w:val="0026237E"/>
     <w:rsid w:val="002625C5"/>
     <w:rsid w:val="00262F43"/>
     <w:rsid w:val="00264319"/>
     <w:rsid w:val="002646B2"/>
     <w:rsid w:val="002652A7"/>
     <w:rsid w:val="00265C29"/>
     <w:rsid w:val="00266AB7"/>
     <w:rsid w:val="00270902"/>
     <w:rsid w:val="00270C13"/>
     <w:rsid w:val="0027206F"/>
     <w:rsid w:val="002722EC"/>
     <w:rsid w:val="002730EE"/>
     <w:rsid w:val="002737EB"/>
     <w:rsid w:val="00277880"/>
     <w:rsid w:val="0027788F"/>
     <w:rsid w:val="00280814"/>
     <w:rsid w:val="00280EDB"/>
     <w:rsid w:val="00281544"/>
     <w:rsid w:val="00287F75"/>
     <w:rsid w:val="00290A95"/>
     <w:rsid w:val="00290B87"/>
     <w:rsid w:val="00291BC8"/>
     <w:rsid w:val="00293147"/>
     <w:rsid w:val="00293B9C"/>
+    <w:rsid w:val="002950C9"/>
     <w:rsid w:val="002968DB"/>
     <w:rsid w:val="00296ACC"/>
     <w:rsid w:val="00296AD4"/>
     <w:rsid w:val="00297C7F"/>
     <w:rsid w:val="002A1631"/>
     <w:rsid w:val="002A25D7"/>
     <w:rsid w:val="002A551D"/>
     <w:rsid w:val="002A5C70"/>
     <w:rsid w:val="002B0B37"/>
     <w:rsid w:val="002B25AA"/>
     <w:rsid w:val="002B2AED"/>
     <w:rsid w:val="002B58FE"/>
     <w:rsid w:val="002B6749"/>
     <w:rsid w:val="002B6AC5"/>
     <w:rsid w:val="002B6C2F"/>
     <w:rsid w:val="002B708F"/>
     <w:rsid w:val="002C101E"/>
     <w:rsid w:val="002C183D"/>
     <w:rsid w:val="002C1A2D"/>
     <w:rsid w:val="002C1E11"/>
     <w:rsid w:val="002C2847"/>
     <w:rsid w:val="002C3C44"/>
     <w:rsid w:val="002C40B5"/>
     <w:rsid w:val="002C41F2"/>
     <w:rsid w:val="002C5A18"/>
     <w:rsid w:val="002C644D"/>
     <w:rsid w:val="002C756B"/>
     <w:rsid w:val="002C7859"/>
     <w:rsid w:val="002C7AC3"/>
     <w:rsid w:val="002D150F"/>
     <w:rsid w:val="002D1765"/>
     <w:rsid w:val="002D4105"/>
     <w:rsid w:val="002D414B"/>
+    <w:rsid w:val="002D554B"/>
     <w:rsid w:val="002D66FD"/>
     <w:rsid w:val="002E0165"/>
     <w:rsid w:val="002E0DA5"/>
     <w:rsid w:val="002E1C04"/>
     <w:rsid w:val="002E53F9"/>
     <w:rsid w:val="002E5D62"/>
     <w:rsid w:val="002E6E72"/>
     <w:rsid w:val="002E714B"/>
     <w:rsid w:val="002F16D2"/>
     <w:rsid w:val="002F2836"/>
     <w:rsid w:val="002F31CA"/>
     <w:rsid w:val="002F35E6"/>
     <w:rsid w:val="002F35ED"/>
     <w:rsid w:val="002F414D"/>
     <w:rsid w:val="002F519C"/>
     <w:rsid w:val="002F7458"/>
     <w:rsid w:val="002F7910"/>
     <w:rsid w:val="003005D8"/>
     <w:rsid w:val="00301CCF"/>
     <w:rsid w:val="003027E3"/>
     <w:rsid w:val="003029EE"/>
     <w:rsid w:val="0030794D"/>
     <w:rsid w:val="00307CE3"/>
     <w:rsid w:val="003100B4"/>
     <w:rsid w:val="00310131"/>
     <w:rsid w:val="003112D2"/>
     <w:rsid w:val="0031493E"/>
     <w:rsid w:val="003150F4"/>
     <w:rsid w:val="00315961"/>
     <w:rsid w:val="00315CC0"/>
     <w:rsid w:val="00316206"/>
     <w:rsid w:val="00320B91"/>
     <w:rsid w:val="00320BA7"/>
+    <w:rsid w:val="00322377"/>
     <w:rsid w:val="0032336D"/>
     <w:rsid w:val="003236D3"/>
     <w:rsid w:val="003259FC"/>
     <w:rsid w:val="00327C4D"/>
     <w:rsid w:val="00330838"/>
     <w:rsid w:val="00332137"/>
     <w:rsid w:val="0033214B"/>
     <w:rsid w:val="0033260B"/>
     <w:rsid w:val="003329D1"/>
     <w:rsid w:val="00332BE8"/>
     <w:rsid w:val="0033360F"/>
     <w:rsid w:val="00334566"/>
     <w:rsid w:val="003348B8"/>
     <w:rsid w:val="00334F20"/>
     <w:rsid w:val="003358B6"/>
     <w:rsid w:val="00336059"/>
     <w:rsid w:val="003360E9"/>
     <w:rsid w:val="00336643"/>
     <w:rsid w:val="0034233D"/>
     <w:rsid w:val="00342990"/>
     <w:rsid w:val="0034356A"/>
     <w:rsid w:val="00343E6B"/>
     <w:rsid w:val="00345637"/>
     <w:rsid w:val="00345E07"/>
     <w:rsid w:val="0034746C"/>
@@ -7091,50 +14425,51 @@
     <w:rsid w:val="00512DD9"/>
     <w:rsid w:val="00513948"/>
     <w:rsid w:val="005139D9"/>
     <w:rsid w:val="005143D4"/>
     <w:rsid w:val="005148B2"/>
     <w:rsid w:val="0051509A"/>
     <w:rsid w:val="00516AD5"/>
     <w:rsid w:val="00516C8E"/>
     <w:rsid w:val="005208C5"/>
     <w:rsid w:val="00521571"/>
     <w:rsid w:val="00522A56"/>
     <w:rsid w:val="005247F7"/>
     <w:rsid w:val="00524E3C"/>
     <w:rsid w:val="00525DB2"/>
     <w:rsid w:val="00527C6E"/>
     <w:rsid w:val="0053005F"/>
     <w:rsid w:val="005320E0"/>
     <w:rsid w:val="00532BDD"/>
     <w:rsid w:val="0053372B"/>
     <w:rsid w:val="00536B65"/>
     <w:rsid w:val="005407CC"/>
     <w:rsid w:val="00540A7D"/>
     <w:rsid w:val="00541502"/>
     <w:rsid w:val="005423AB"/>
     <w:rsid w:val="005425CF"/>
+    <w:rsid w:val="00542C8C"/>
     <w:rsid w:val="005435A8"/>
     <w:rsid w:val="005435C2"/>
     <w:rsid w:val="0054441F"/>
     <w:rsid w:val="0054560F"/>
     <w:rsid w:val="00546204"/>
     <w:rsid w:val="005467DD"/>
     <w:rsid w:val="00547808"/>
     <w:rsid w:val="00550970"/>
     <w:rsid w:val="00551C7F"/>
     <w:rsid w:val="005567E0"/>
     <w:rsid w:val="00556913"/>
     <w:rsid w:val="00561024"/>
     <w:rsid w:val="005622A4"/>
     <w:rsid w:val="00562369"/>
     <w:rsid w:val="00562747"/>
     <w:rsid w:val="0056277A"/>
     <w:rsid w:val="00563485"/>
     <w:rsid w:val="005647FD"/>
     <w:rsid w:val="005650BC"/>
     <w:rsid w:val="00565258"/>
     <w:rsid w:val="00566083"/>
     <w:rsid w:val="005661E1"/>
     <w:rsid w:val="005679B0"/>
     <w:rsid w:val="00567D66"/>
     <w:rsid w:val="00567F15"/>
@@ -7177,74 +14512,76 @@
     <w:rsid w:val="005B6394"/>
     <w:rsid w:val="005C07EF"/>
     <w:rsid w:val="005C0B5C"/>
     <w:rsid w:val="005C3FC2"/>
     <w:rsid w:val="005C401E"/>
     <w:rsid w:val="005C44C6"/>
     <w:rsid w:val="005C47DD"/>
     <w:rsid w:val="005C4E9B"/>
     <w:rsid w:val="005C7A33"/>
     <w:rsid w:val="005C7A47"/>
     <w:rsid w:val="005C7B28"/>
     <w:rsid w:val="005D1959"/>
     <w:rsid w:val="005D5A9D"/>
     <w:rsid w:val="005D60B6"/>
     <w:rsid w:val="005D6EE2"/>
     <w:rsid w:val="005E1C7E"/>
     <w:rsid w:val="005E239C"/>
     <w:rsid w:val="005E446F"/>
     <w:rsid w:val="005E734D"/>
     <w:rsid w:val="005E7646"/>
     <w:rsid w:val="005F03ED"/>
     <w:rsid w:val="005F1227"/>
     <w:rsid w:val="005F15F3"/>
     <w:rsid w:val="005F1B63"/>
     <w:rsid w:val="005F4582"/>
+    <w:rsid w:val="005F496E"/>
     <w:rsid w:val="005F4B11"/>
     <w:rsid w:val="005F4CA8"/>
     <w:rsid w:val="005F5261"/>
     <w:rsid w:val="005F732F"/>
     <w:rsid w:val="005F77E8"/>
     <w:rsid w:val="006008EB"/>
     <w:rsid w:val="00601824"/>
     <w:rsid w:val="00602182"/>
     <w:rsid w:val="00606423"/>
     <w:rsid w:val="00607B19"/>
     <w:rsid w:val="00610BF8"/>
     <w:rsid w:val="00610CB3"/>
     <w:rsid w:val="0061151A"/>
     <w:rsid w:val="0061188A"/>
     <w:rsid w:val="00612698"/>
     <w:rsid w:val="00613FEF"/>
     <w:rsid w:val="00616034"/>
     <w:rsid w:val="006163B2"/>
     <w:rsid w:val="006175C7"/>
     <w:rsid w:val="00620EE5"/>
     <w:rsid w:val="00621751"/>
     <w:rsid w:val="006249CB"/>
     <w:rsid w:val="00624FF6"/>
     <w:rsid w:val="00626E7B"/>
+    <w:rsid w:val="00627005"/>
     <w:rsid w:val="00627985"/>
     <w:rsid w:val="00633AC0"/>
     <w:rsid w:val="00634133"/>
     <w:rsid w:val="00636D7F"/>
     <w:rsid w:val="00642D59"/>
     <w:rsid w:val="00642DAE"/>
     <w:rsid w:val="006433AE"/>
     <w:rsid w:val="00643579"/>
     <w:rsid w:val="00646EAC"/>
     <w:rsid w:val="00646F2C"/>
     <w:rsid w:val="00647263"/>
     <w:rsid w:val="00647CD0"/>
     <w:rsid w:val="006501AC"/>
     <w:rsid w:val="00650BC2"/>
     <w:rsid w:val="006531A1"/>
     <w:rsid w:val="0065387E"/>
     <w:rsid w:val="00653FB6"/>
     <w:rsid w:val="00654A86"/>
     <w:rsid w:val="00655C7F"/>
     <w:rsid w:val="00655E74"/>
     <w:rsid w:val="006560F1"/>
     <w:rsid w:val="0065706E"/>
     <w:rsid w:val="006573E7"/>
     <w:rsid w:val="006606A3"/>
     <w:rsid w:val="00660CF1"/>
@@ -7261,53 +14598,55 @@
     <w:rsid w:val="00674A47"/>
     <w:rsid w:val="006754EA"/>
     <w:rsid w:val="0067555F"/>
     <w:rsid w:val="00675970"/>
     <w:rsid w:val="00676109"/>
     <w:rsid w:val="00682002"/>
     <w:rsid w:val="0068279C"/>
     <w:rsid w:val="00684393"/>
     <w:rsid w:val="00684504"/>
     <w:rsid w:val="006848BC"/>
     <w:rsid w:val="00685B67"/>
     <w:rsid w:val="00686BB9"/>
     <w:rsid w:val="00686F46"/>
     <w:rsid w:val="00690153"/>
     <w:rsid w:val="00690921"/>
     <w:rsid w:val="00690CCB"/>
     <w:rsid w:val="00691816"/>
     <w:rsid w:val="0069191E"/>
     <w:rsid w:val="006950F1"/>
     <w:rsid w:val="006961CD"/>
     <w:rsid w:val="00696C46"/>
     <w:rsid w:val="00697B7A"/>
     <w:rsid w:val="006A0320"/>
     <w:rsid w:val="006A2F60"/>
     <w:rsid w:val="006A3340"/>
+    <w:rsid w:val="006A3A0A"/>
     <w:rsid w:val="006A3F6D"/>
     <w:rsid w:val="006A5BE2"/>
     <w:rsid w:val="006A7625"/>
+    <w:rsid w:val="006B11FC"/>
     <w:rsid w:val="006B1424"/>
     <w:rsid w:val="006B1DAB"/>
     <w:rsid w:val="006B1FB5"/>
     <w:rsid w:val="006B29AE"/>
     <w:rsid w:val="006B5EB1"/>
     <w:rsid w:val="006B755D"/>
     <w:rsid w:val="006C1AB6"/>
     <w:rsid w:val="006C20C8"/>
     <w:rsid w:val="006C2FC6"/>
     <w:rsid w:val="006C4BAD"/>
     <w:rsid w:val="006C4E89"/>
     <w:rsid w:val="006C500D"/>
     <w:rsid w:val="006C528F"/>
     <w:rsid w:val="006C585F"/>
     <w:rsid w:val="006D0AEE"/>
     <w:rsid w:val="006D2825"/>
     <w:rsid w:val="006D33FA"/>
     <w:rsid w:val="006D3ADA"/>
     <w:rsid w:val="006D4CAA"/>
     <w:rsid w:val="006D576F"/>
     <w:rsid w:val="006D6BB0"/>
     <w:rsid w:val="006D7331"/>
     <w:rsid w:val="006E0206"/>
     <w:rsid w:val="006E0910"/>
     <w:rsid w:val="006E1908"/>
@@ -7390,300 +14729,310 @@
     <w:rsid w:val="0077106D"/>
     <w:rsid w:val="00771434"/>
     <w:rsid w:val="007715FB"/>
     <w:rsid w:val="0077262B"/>
     <w:rsid w:val="00775577"/>
     <w:rsid w:val="007778D1"/>
     <w:rsid w:val="0078031A"/>
     <w:rsid w:val="00780EE4"/>
     <w:rsid w:val="00781600"/>
     <w:rsid w:val="007835DC"/>
     <w:rsid w:val="00783C7D"/>
     <w:rsid w:val="00786568"/>
     <w:rsid w:val="0078734E"/>
     <w:rsid w:val="00787FB1"/>
     <w:rsid w:val="00794583"/>
     <w:rsid w:val="00794D3E"/>
     <w:rsid w:val="007A2C2D"/>
     <w:rsid w:val="007A33B3"/>
     <w:rsid w:val="007A38C9"/>
     <w:rsid w:val="007A4C63"/>
     <w:rsid w:val="007A523A"/>
     <w:rsid w:val="007A6D65"/>
     <w:rsid w:val="007A76E5"/>
     <w:rsid w:val="007A7C5C"/>
     <w:rsid w:val="007B32F2"/>
+    <w:rsid w:val="007B4015"/>
     <w:rsid w:val="007B4CB3"/>
     <w:rsid w:val="007B72D5"/>
     <w:rsid w:val="007C0059"/>
     <w:rsid w:val="007C0FD3"/>
     <w:rsid w:val="007C1F82"/>
     <w:rsid w:val="007C2E56"/>
     <w:rsid w:val="007C387F"/>
     <w:rsid w:val="007C3CEB"/>
     <w:rsid w:val="007C3E3A"/>
     <w:rsid w:val="007C4487"/>
+    <w:rsid w:val="007C6FD4"/>
     <w:rsid w:val="007C755D"/>
     <w:rsid w:val="007D4CE5"/>
     <w:rsid w:val="007D69DF"/>
     <w:rsid w:val="007D72B3"/>
     <w:rsid w:val="007D7DD8"/>
     <w:rsid w:val="007E174B"/>
     <w:rsid w:val="007E3487"/>
     <w:rsid w:val="007E36D4"/>
     <w:rsid w:val="007E4FC6"/>
     <w:rsid w:val="007E5FDE"/>
     <w:rsid w:val="007E6136"/>
     <w:rsid w:val="007E61C7"/>
     <w:rsid w:val="007F0A28"/>
     <w:rsid w:val="007F2FB7"/>
     <w:rsid w:val="007F3757"/>
     <w:rsid w:val="007F3864"/>
     <w:rsid w:val="007F5770"/>
     <w:rsid w:val="007F6EC8"/>
     <w:rsid w:val="008031D3"/>
     <w:rsid w:val="008033E7"/>
     <w:rsid w:val="00803F30"/>
     <w:rsid w:val="0080431B"/>
     <w:rsid w:val="00805309"/>
     <w:rsid w:val="00805C70"/>
     <w:rsid w:val="008066EC"/>
     <w:rsid w:val="00807BBB"/>
     <w:rsid w:val="00813022"/>
     <w:rsid w:val="0081326E"/>
+    <w:rsid w:val="00814C79"/>
     <w:rsid w:val="00815B21"/>
     <w:rsid w:val="0081664A"/>
     <w:rsid w:val="00821175"/>
     <w:rsid w:val="00823FAC"/>
     <w:rsid w:val="00824053"/>
     <w:rsid w:val="0082455E"/>
     <w:rsid w:val="0083042D"/>
     <w:rsid w:val="00830A94"/>
     <w:rsid w:val="00830E19"/>
     <w:rsid w:val="00833CC2"/>
     <w:rsid w:val="00834433"/>
     <w:rsid w:val="008346C4"/>
     <w:rsid w:val="00834963"/>
     <w:rsid w:val="00834A4F"/>
     <w:rsid w:val="00835FCD"/>
     <w:rsid w:val="00836890"/>
     <w:rsid w:val="0084037E"/>
     <w:rsid w:val="00840551"/>
     <w:rsid w:val="0084218D"/>
     <w:rsid w:val="00842B06"/>
     <w:rsid w:val="008432AF"/>
     <w:rsid w:val="00843575"/>
     <w:rsid w:val="00844050"/>
     <w:rsid w:val="008475A4"/>
     <w:rsid w:val="008477A4"/>
     <w:rsid w:val="00850951"/>
     <w:rsid w:val="00851706"/>
     <w:rsid w:val="00852E97"/>
     <w:rsid w:val="008530F5"/>
     <w:rsid w:val="00853270"/>
     <w:rsid w:val="00854DFA"/>
     <w:rsid w:val="0085777B"/>
     <w:rsid w:val="008605B7"/>
     <w:rsid w:val="00861094"/>
     <w:rsid w:val="00861F88"/>
+    <w:rsid w:val="00862173"/>
     <w:rsid w:val="00863841"/>
     <w:rsid w:val="00864E8D"/>
     <w:rsid w:val="00865192"/>
     <w:rsid w:val="0086650C"/>
     <w:rsid w:val="008710AA"/>
     <w:rsid w:val="008721A5"/>
     <w:rsid w:val="00872798"/>
     <w:rsid w:val="0087299A"/>
     <w:rsid w:val="0087311C"/>
     <w:rsid w:val="00874D8A"/>
     <w:rsid w:val="00875A7A"/>
     <w:rsid w:val="00876D7A"/>
     <w:rsid w:val="00877441"/>
     <w:rsid w:val="0088040C"/>
     <w:rsid w:val="00880A97"/>
+    <w:rsid w:val="00880ADB"/>
     <w:rsid w:val="00883728"/>
     <w:rsid w:val="00883A52"/>
     <w:rsid w:val="00884011"/>
     <w:rsid w:val="008851A0"/>
     <w:rsid w:val="0088646D"/>
     <w:rsid w:val="008874AC"/>
     <w:rsid w:val="00891146"/>
     <w:rsid w:val="00891BEA"/>
     <w:rsid w:val="008938BD"/>
     <w:rsid w:val="008939DE"/>
     <w:rsid w:val="00896223"/>
     <w:rsid w:val="0089682B"/>
     <w:rsid w:val="008A0EB8"/>
     <w:rsid w:val="008A1276"/>
     <w:rsid w:val="008A3763"/>
     <w:rsid w:val="008A39E5"/>
     <w:rsid w:val="008A42CA"/>
     <w:rsid w:val="008A4E2D"/>
     <w:rsid w:val="008B035D"/>
     <w:rsid w:val="008B0437"/>
     <w:rsid w:val="008B1261"/>
     <w:rsid w:val="008B3164"/>
     <w:rsid w:val="008B3A9C"/>
     <w:rsid w:val="008B5449"/>
     <w:rsid w:val="008B5F70"/>
     <w:rsid w:val="008B67DD"/>
     <w:rsid w:val="008C1919"/>
     <w:rsid w:val="008C1DA7"/>
     <w:rsid w:val="008C1F95"/>
     <w:rsid w:val="008C33D3"/>
     <w:rsid w:val="008C400A"/>
     <w:rsid w:val="008C6214"/>
     <w:rsid w:val="008C6CF9"/>
     <w:rsid w:val="008D0B8D"/>
     <w:rsid w:val="008D25E7"/>
     <w:rsid w:val="008D3A0C"/>
     <w:rsid w:val="008D5617"/>
     <w:rsid w:val="008D5DE2"/>
     <w:rsid w:val="008D68E2"/>
     <w:rsid w:val="008E12E9"/>
     <w:rsid w:val="008E2AA8"/>
     <w:rsid w:val="008E35BF"/>
     <w:rsid w:val="008E440B"/>
     <w:rsid w:val="008E49C5"/>
     <w:rsid w:val="008E5D3A"/>
     <w:rsid w:val="008F0539"/>
     <w:rsid w:val="008F0D89"/>
+    <w:rsid w:val="008F4DE7"/>
     <w:rsid w:val="008F67CC"/>
+    <w:rsid w:val="008F6826"/>
     <w:rsid w:val="008F7482"/>
     <w:rsid w:val="009022C4"/>
     <w:rsid w:val="0090253B"/>
     <w:rsid w:val="009029BA"/>
     <w:rsid w:val="00902B00"/>
     <w:rsid w:val="009046EC"/>
     <w:rsid w:val="009046F0"/>
     <w:rsid w:val="00904B2D"/>
     <w:rsid w:val="00910F70"/>
     <w:rsid w:val="009112FA"/>
     <w:rsid w:val="0091133F"/>
     <w:rsid w:val="009122A6"/>
     <w:rsid w:val="0091266C"/>
     <w:rsid w:val="00912C8B"/>
     <w:rsid w:val="00912D58"/>
     <w:rsid w:val="0091596C"/>
     <w:rsid w:val="00916CAA"/>
     <w:rsid w:val="009179FD"/>
     <w:rsid w:val="009201E6"/>
     <w:rsid w:val="00921805"/>
     <w:rsid w:val="009220AD"/>
     <w:rsid w:val="00922C73"/>
     <w:rsid w:val="00923465"/>
     <w:rsid w:val="00926C8C"/>
     <w:rsid w:val="0092736D"/>
     <w:rsid w:val="00927489"/>
     <w:rsid w:val="00930565"/>
     <w:rsid w:val="00930BFB"/>
     <w:rsid w:val="0093141A"/>
     <w:rsid w:val="00931DD9"/>
     <w:rsid w:val="009329A3"/>
     <w:rsid w:val="00932E3A"/>
     <w:rsid w:val="00932FA1"/>
     <w:rsid w:val="00934370"/>
     <w:rsid w:val="0093581D"/>
     <w:rsid w:val="00935924"/>
     <w:rsid w:val="00935F3E"/>
     <w:rsid w:val="00936525"/>
     <w:rsid w:val="00936C86"/>
     <w:rsid w:val="00940500"/>
+    <w:rsid w:val="0094096E"/>
     <w:rsid w:val="00941BFE"/>
     <w:rsid w:val="0094445B"/>
     <w:rsid w:val="00944D5F"/>
     <w:rsid w:val="0094510F"/>
     <w:rsid w:val="00945F7F"/>
     <w:rsid w:val="009460E8"/>
     <w:rsid w:val="00952A02"/>
     <w:rsid w:val="009538AF"/>
     <w:rsid w:val="0095393E"/>
     <w:rsid w:val="009539B2"/>
     <w:rsid w:val="00954899"/>
     <w:rsid w:val="00954C5B"/>
     <w:rsid w:val="00955AC5"/>
     <w:rsid w:val="009564FF"/>
     <w:rsid w:val="00962D11"/>
     <w:rsid w:val="00964587"/>
     <w:rsid w:val="009655BD"/>
     <w:rsid w:val="00965BB5"/>
     <w:rsid w:val="00966E82"/>
     <w:rsid w:val="00971598"/>
     <w:rsid w:val="00971681"/>
     <w:rsid w:val="0097196A"/>
     <w:rsid w:val="009721B6"/>
     <w:rsid w:val="0097309B"/>
     <w:rsid w:val="00973A0F"/>
     <w:rsid w:val="00973CAB"/>
     <w:rsid w:val="00975566"/>
     <w:rsid w:val="00981A4F"/>
     <w:rsid w:val="009824C7"/>
     <w:rsid w:val="00985BB3"/>
     <w:rsid w:val="00986005"/>
     <w:rsid w:val="00986DDE"/>
     <w:rsid w:val="0099013E"/>
     <w:rsid w:val="009910B8"/>
     <w:rsid w:val="00991CB0"/>
     <w:rsid w:val="009921DC"/>
     <w:rsid w:val="0099412F"/>
     <w:rsid w:val="00995CB6"/>
     <w:rsid w:val="00996095"/>
     <w:rsid w:val="009961FE"/>
     <w:rsid w:val="009A394B"/>
+    <w:rsid w:val="009A4313"/>
     <w:rsid w:val="009A4A08"/>
     <w:rsid w:val="009A4ACA"/>
     <w:rsid w:val="009B0900"/>
     <w:rsid w:val="009B090D"/>
     <w:rsid w:val="009B0F9B"/>
     <w:rsid w:val="009B1F9B"/>
     <w:rsid w:val="009B2131"/>
     <w:rsid w:val="009B28D5"/>
     <w:rsid w:val="009B57E3"/>
     <w:rsid w:val="009B79F4"/>
     <w:rsid w:val="009C0233"/>
     <w:rsid w:val="009C3CCE"/>
     <w:rsid w:val="009C46B6"/>
     <w:rsid w:val="009C543F"/>
     <w:rsid w:val="009C607F"/>
     <w:rsid w:val="009C6284"/>
     <w:rsid w:val="009C6FC8"/>
     <w:rsid w:val="009C7720"/>
     <w:rsid w:val="009C7AF2"/>
     <w:rsid w:val="009D122E"/>
     <w:rsid w:val="009D2F04"/>
     <w:rsid w:val="009D3388"/>
     <w:rsid w:val="009D7DF0"/>
     <w:rsid w:val="009E2141"/>
     <w:rsid w:val="009E2326"/>
     <w:rsid w:val="009E2B58"/>
     <w:rsid w:val="009E3CF8"/>
     <w:rsid w:val="009F3258"/>
     <w:rsid w:val="009F3588"/>
     <w:rsid w:val="009F3605"/>
     <w:rsid w:val="009F3680"/>
     <w:rsid w:val="009F3DD0"/>
     <w:rsid w:val="009F4EE1"/>
+    <w:rsid w:val="009F504D"/>
     <w:rsid w:val="009F60D9"/>
     <w:rsid w:val="009F74E5"/>
     <w:rsid w:val="00A013C5"/>
     <w:rsid w:val="00A01D77"/>
     <w:rsid w:val="00A12152"/>
     <w:rsid w:val="00A1260C"/>
     <w:rsid w:val="00A14887"/>
     <w:rsid w:val="00A14AB1"/>
     <w:rsid w:val="00A15056"/>
     <w:rsid w:val="00A15573"/>
     <w:rsid w:val="00A15C12"/>
     <w:rsid w:val="00A15E5B"/>
     <w:rsid w:val="00A16694"/>
     <w:rsid w:val="00A16C9D"/>
     <w:rsid w:val="00A16F1C"/>
     <w:rsid w:val="00A20DB2"/>
     <w:rsid w:val="00A2113B"/>
     <w:rsid w:val="00A24A1A"/>
     <w:rsid w:val="00A26922"/>
     <w:rsid w:val="00A275D7"/>
     <w:rsid w:val="00A30455"/>
     <w:rsid w:val="00A305F0"/>
     <w:rsid w:val="00A3157E"/>
     <w:rsid w:val="00A32D75"/>
     <w:rsid w:val="00A335F6"/>
@@ -7700,129 +15049,132 @@
     <w:rsid w:val="00A4138C"/>
     <w:rsid w:val="00A42F10"/>
     <w:rsid w:val="00A42F82"/>
     <w:rsid w:val="00A45D56"/>
     <w:rsid w:val="00A45EAA"/>
     <w:rsid w:val="00A47AE5"/>
     <w:rsid w:val="00A47E65"/>
     <w:rsid w:val="00A5006C"/>
     <w:rsid w:val="00A505F9"/>
     <w:rsid w:val="00A512DE"/>
     <w:rsid w:val="00A515EF"/>
     <w:rsid w:val="00A52523"/>
     <w:rsid w:val="00A549EC"/>
     <w:rsid w:val="00A54CD2"/>
     <w:rsid w:val="00A55F0C"/>
     <w:rsid w:val="00A566DE"/>
     <w:rsid w:val="00A578B2"/>
     <w:rsid w:val="00A6174A"/>
     <w:rsid w:val="00A61D2B"/>
     <w:rsid w:val="00A62499"/>
     <w:rsid w:val="00A63A89"/>
     <w:rsid w:val="00A735FA"/>
     <w:rsid w:val="00A761C3"/>
     <w:rsid w:val="00A83005"/>
     <w:rsid w:val="00A837D2"/>
+    <w:rsid w:val="00A847F3"/>
     <w:rsid w:val="00A854D5"/>
     <w:rsid w:val="00A85663"/>
     <w:rsid w:val="00A86438"/>
     <w:rsid w:val="00A92088"/>
     <w:rsid w:val="00A9351C"/>
     <w:rsid w:val="00A93572"/>
     <w:rsid w:val="00A9390C"/>
     <w:rsid w:val="00A94295"/>
     <w:rsid w:val="00A946A5"/>
     <w:rsid w:val="00A95159"/>
     <w:rsid w:val="00A95C96"/>
     <w:rsid w:val="00A97CF3"/>
     <w:rsid w:val="00A97FAF"/>
     <w:rsid w:val="00AA3BF9"/>
     <w:rsid w:val="00AA4072"/>
     <w:rsid w:val="00AA6259"/>
     <w:rsid w:val="00AA6886"/>
     <w:rsid w:val="00AB00D5"/>
     <w:rsid w:val="00AB1613"/>
     <w:rsid w:val="00AB1B25"/>
     <w:rsid w:val="00AB431F"/>
     <w:rsid w:val="00AB4A6E"/>
     <w:rsid w:val="00AB6859"/>
     <w:rsid w:val="00AB6943"/>
     <w:rsid w:val="00AC031D"/>
     <w:rsid w:val="00AC1B1C"/>
     <w:rsid w:val="00AC20A6"/>
     <w:rsid w:val="00AC2501"/>
     <w:rsid w:val="00AC2F9D"/>
     <w:rsid w:val="00AC39C7"/>
     <w:rsid w:val="00AC3EB7"/>
     <w:rsid w:val="00AC7AC8"/>
     <w:rsid w:val="00AD0E44"/>
     <w:rsid w:val="00AD1635"/>
     <w:rsid w:val="00AD434D"/>
     <w:rsid w:val="00AD4696"/>
     <w:rsid w:val="00AD5618"/>
     <w:rsid w:val="00AD78F4"/>
     <w:rsid w:val="00AD7F66"/>
     <w:rsid w:val="00AE2304"/>
     <w:rsid w:val="00AE3286"/>
     <w:rsid w:val="00AE3614"/>
     <w:rsid w:val="00AE3874"/>
     <w:rsid w:val="00AE439F"/>
     <w:rsid w:val="00AE4EE6"/>
     <w:rsid w:val="00AE5E39"/>
     <w:rsid w:val="00AE63AD"/>
     <w:rsid w:val="00AE7D38"/>
     <w:rsid w:val="00AF07F2"/>
+    <w:rsid w:val="00AF2553"/>
     <w:rsid w:val="00AF50C4"/>
     <w:rsid w:val="00AF5103"/>
     <w:rsid w:val="00AF58D8"/>
     <w:rsid w:val="00AF6686"/>
     <w:rsid w:val="00B00175"/>
     <w:rsid w:val="00B03044"/>
     <w:rsid w:val="00B0328C"/>
     <w:rsid w:val="00B0412F"/>
     <w:rsid w:val="00B04E2D"/>
     <w:rsid w:val="00B05EFC"/>
     <w:rsid w:val="00B06543"/>
     <w:rsid w:val="00B07F0F"/>
     <w:rsid w:val="00B109AB"/>
     <w:rsid w:val="00B10D29"/>
     <w:rsid w:val="00B11745"/>
     <w:rsid w:val="00B12CEB"/>
     <w:rsid w:val="00B139A8"/>
     <w:rsid w:val="00B1573E"/>
     <w:rsid w:val="00B1578F"/>
     <w:rsid w:val="00B171A5"/>
     <w:rsid w:val="00B232CD"/>
     <w:rsid w:val="00B24670"/>
     <w:rsid w:val="00B24887"/>
     <w:rsid w:val="00B252F4"/>
     <w:rsid w:val="00B26226"/>
     <w:rsid w:val="00B2751A"/>
     <w:rsid w:val="00B30536"/>
     <w:rsid w:val="00B31588"/>
     <w:rsid w:val="00B3369A"/>
     <w:rsid w:val="00B364FD"/>
+    <w:rsid w:val="00B36B8B"/>
     <w:rsid w:val="00B36DF2"/>
     <w:rsid w:val="00B41550"/>
     <w:rsid w:val="00B418ED"/>
     <w:rsid w:val="00B42AAD"/>
     <w:rsid w:val="00B42DF7"/>
     <w:rsid w:val="00B43881"/>
     <w:rsid w:val="00B43D8C"/>
     <w:rsid w:val="00B44517"/>
     <w:rsid w:val="00B47B35"/>
     <w:rsid w:val="00B52BC2"/>
     <w:rsid w:val="00B53885"/>
     <w:rsid w:val="00B545B0"/>
     <w:rsid w:val="00B55932"/>
     <w:rsid w:val="00B57E1F"/>
     <w:rsid w:val="00B618B7"/>
     <w:rsid w:val="00B62037"/>
     <w:rsid w:val="00B62757"/>
     <w:rsid w:val="00B62F00"/>
     <w:rsid w:val="00B701BE"/>
     <w:rsid w:val="00B74D93"/>
     <w:rsid w:val="00B75A3C"/>
     <w:rsid w:val="00B76A01"/>
     <w:rsid w:val="00B76A86"/>
     <w:rsid w:val="00B82DBB"/>
     <w:rsid w:val="00B84A8D"/>
@@ -7877,50 +15229,51 @@
     <w:rsid w:val="00BF2E6D"/>
     <w:rsid w:val="00BF5887"/>
     <w:rsid w:val="00BF5B04"/>
     <w:rsid w:val="00BF5C3C"/>
     <w:rsid w:val="00C00005"/>
     <w:rsid w:val="00C00CEC"/>
     <w:rsid w:val="00C00F51"/>
     <w:rsid w:val="00C02D0A"/>
     <w:rsid w:val="00C04A86"/>
     <w:rsid w:val="00C05C75"/>
     <w:rsid w:val="00C06813"/>
     <w:rsid w:val="00C07F66"/>
     <w:rsid w:val="00C11938"/>
     <w:rsid w:val="00C12498"/>
     <w:rsid w:val="00C14023"/>
     <w:rsid w:val="00C142D6"/>
     <w:rsid w:val="00C15C98"/>
     <w:rsid w:val="00C17669"/>
     <w:rsid w:val="00C17E4D"/>
     <w:rsid w:val="00C209F1"/>
     <w:rsid w:val="00C21709"/>
     <w:rsid w:val="00C231BA"/>
     <w:rsid w:val="00C245EC"/>
     <w:rsid w:val="00C24783"/>
     <w:rsid w:val="00C24835"/>
+    <w:rsid w:val="00C251AF"/>
     <w:rsid w:val="00C258D9"/>
     <w:rsid w:val="00C3390A"/>
     <w:rsid w:val="00C34A7B"/>
     <w:rsid w:val="00C35D11"/>
     <w:rsid w:val="00C3643C"/>
     <w:rsid w:val="00C37640"/>
     <w:rsid w:val="00C41F28"/>
     <w:rsid w:val="00C425C4"/>
     <w:rsid w:val="00C43F72"/>
     <w:rsid w:val="00C4745D"/>
     <w:rsid w:val="00C5141A"/>
     <w:rsid w:val="00C539A7"/>
     <w:rsid w:val="00C53BA9"/>
     <w:rsid w:val="00C53DB7"/>
     <w:rsid w:val="00C55837"/>
     <w:rsid w:val="00C57E9B"/>
     <w:rsid w:val="00C62532"/>
     <w:rsid w:val="00C62B3F"/>
     <w:rsid w:val="00C62B59"/>
     <w:rsid w:val="00C64DD2"/>
     <w:rsid w:val="00C669F5"/>
     <w:rsid w:val="00C70D0F"/>
     <w:rsid w:val="00C71127"/>
     <w:rsid w:val="00C711CD"/>
     <w:rsid w:val="00C71A27"/>
@@ -7973,50 +15326,51 @@
     <w:rsid w:val="00CE0EEB"/>
     <w:rsid w:val="00CE17FA"/>
     <w:rsid w:val="00CE4EA2"/>
     <w:rsid w:val="00CE5529"/>
     <w:rsid w:val="00CE59C7"/>
     <w:rsid w:val="00CE6080"/>
     <w:rsid w:val="00CE6269"/>
     <w:rsid w:val="00CE68AF"/>
     <w:rsid w:val="00CE6B52"/>
     <w:rsid w:val="00CE71B7"/>
     <w:rsid w:val="00CE7A8C"/>
     <w:rsid w:val="00CF1CCC"/>
     <w:rsid w:val="00CF23C1"/>
     <w:rsid w:val="00CF2B87"/>
     <w:rsid w:val="00CF622E"/>
     <w:rsid w:val="00CF65AB"/>
     <w:rsid w:val="00CF6E85"/>
     <w:rsid w:val="00CF7BFE"/>
     <w:rsid w:val="00D02B1B"/>
     <w:rsid w:val="00D03654"/>
     <w:rsid w:val="00D04217"/>
     <w:rsid w:val="00D04B44"/>
     <w:rsid w:val="00D05EF6"/>
     <w:rsid w:val="00D06261"/>
     <w:rsid w:val="00D07E40"/>
+    <w:rsid w:val="00D12223"/>
     <w:rsid w:val="00D132DD"/>
     <w:rsid w:val="00D134A1"/>
     <w:rsid w:val="00D14781"/>
     <w:rsid w:val="00D14CCB"/>
     <w:rsid w:val="00D163C0"/>
     <w:rsid w:val="00D16A81"/>
     <w:rsid w:val="00D21E62"/>
     <w:rsid w:val="00D251E5"/>
     <w:rsid w:val="00D27470"/>
     <w:rsid w:val="00D30A0E"/>
     <w:rsid w:val="00D329E5"/>
     <w:rsid w:val="00D32C7C"/>
     <w:rsid w:val="00D34431"/>
     <w:rsid w:val="00D35421"/>
     <w:rsid w:val="00D355B0"/>
     <w:rsid w:val="00D36EA0"/>
     <w:rsid w:val="00D370CE"/>
     <w:rsid w:val="00D37914"/>
     <w:rsid w:val="00D40B31"/>
     <w:rsid w:val="00D4198F"/>
     <w:rsid w:val="00D41A22"/>
     <w:rsid w:val="00D42461"/>
     <w:rsid w:val="00D43208"/>
     <w:rsid w:val="00D432FF"/>
     <w:rsid w:val="00D43FEB"/>
@@ -8077,50 +15431,51 @@
     <w:rsid w:val="00DB3C0D"/>
     <w:rsid w:val="00DB5601"/>
     <w:rsid w:val="00DB56A6"/>
     <w:rsid w:val="00DB63E0"/>
     <w:rsid w:val="00DB63FA"/>
     <w:rsid w:val="00DC008E"/>
     <w:rsid w:val="00DC0BC0"/>
     <w:rsid w:val="00DC3616"/>
     <w:rsid w:val="00DC7E08"/>
     <w:rsid w:val="00DD0D57"/>
     <w:rsid w:val="00DD1ABC"/>
     <w:rsid w:val="00DD4C91"/>
     <w:rsid w:val="00DD4DFE"/>
     <w:rsid w:val="00DD54F1"/>
     <w:rsid w:val="00DD58AB"/>
     <w:rsid w:val="00DD5CC6"/>
     <w:rsid w:val="00DD6835"/>
     <w:rsid w:val="00DD7AB0"/>
     <w:rsid w:val="00DE0385"/>
     <w:rsid w:val="00DE0BFE"/>
     <w:rsid w:val="00DE1E16"/>
     <w:rsid w:val="00DE2E7F"/>
     <w:rsid w:val="00DE418E"/>
     <w:rsid w:val="00DE435F"/>
     <w:rsid w:val="00DE551F"/>
+    <w:rsid w:val="00DE6724"/>
     <w:rsid w:val="00DF391A"/>
     <w:rsid w:val="00DF3CA2"/>
     <w:rsid w:val="00DF44BB"/>
     <w:rsid w:val="00DF4C22"/>
     <w:rsid w:val="00DF6C06"/>
     <w:rsid w:val="00E00739"/>
     <w:rsid w:val="00E13E17"/>
     <w:rsid w:val="00E14223"/>
     <w:rsid w:val="00E1438A"/>
     <w:rsid w:val="00E17237"/>
     <w:rsid w:val="00E2132F"/>
     <w:rsid w:val="00E23683"/>
     <w:rsid w:val="00E23F6F"/>
     <w:rsid w:val="00E2556A"/>
     <w:rsid w:val="00E26E6B"/>
     <w:rsid w:val="00E276B1"/>
     <w:rsid w:val="00E27752"/>
     <w:rsid w:val="00E27D6D"/>
     <w:rsid w:val="00E3110F"/>
     <w:rsid w:val="00E3135C"/>
     <w:rsid w:val="00E31CC3"/>
     <w:rsid w:val="00E32446"/>
     <w:rsid w:val="00E367A0"/>
     <w:rsid w:val="00E37011"/>
     <w:rsid w:val="00E402F8"/>
@@ -8155,50 +15510,51 @@
     <w:rsid w:val="00E72217"/>
     <w:rsid w:val="00E72CCB"/>
     <w:rsid w:val="00E73584"/>
     <w:rsid w:val="00E747EE"/>
     <w:rsid w:val="00E74BF1"/>
     <w:rsid w:val="00E75410"/>
     <w:rsid w:val="00E760B4"/>
     <w:rsid w:val="00E7641A"/>
     <w:rsid w:val="00E766FC"/>
     <w:rsid w:val="00E82778"/>
     <w:rsid w:val="00E836F8"/>
     <w:rsid w:val="00E8616E"/>
     <w:rsid w:val="00E87598"/>
     <w:rsid w:val="00E87C87"/>
     <w:rsid w:val="00E907D3"/>
     <w:rsid w:val="00E907E5"/>
     <w:rsid w:val="00E9126D"/>
     <w:rsid w:val="00E912A3"/>
     <w:rsid w:val="00E92BC4"/>
     <w:rsid w:val="00E93619"/>
     <w:rsid w:val="00E94C51"/>
     <w:rsid w:val="00E96343"/>
     <w:rsid w:val="00E976E1"/>
     <w:rsid w:val="00EA18EE"/>
     <w:rsid w:val="00EA1965"/>
+    <w:rsid w:val="00EA492C"/>
     <w:rsid w:val="00EA5DEC"/>
     <w:rsid w:val="00EA6F61"/>
     <w:rsid w:val="00EA71A1"/>
     <w:rsid w:val="00EB0CF6"/>
     <w:rsid w:val="00EB23EB"/>
     <w:rsid w:val="00EB25F6"/>
     <w:rsid w:val="00EB287E"/>
     <w:rsid w:val="00EB31F4"/>
     <w:rsid w:val="00EB3859"/>
     <w:rsid w:val="00EB5EA1"/>
     <w:rsid w:val="00EB6858"/>
     <w:rsid w:val="00EB7016"/>
     <w:rsid w:val="00EB74C1"/>
     <w:rsid w:val="00EC034B"/>
     <w:rsid w:val="00EC0B69"/>
     <w:rsid w:val="00EC1485"/>
     <w:rsid w:val="00EC27E4"/>
     <w:rsid w:val="00EC32E4"/>
     <w:rsid w:val="00EC4FE6"/>
     <w:rsid w:val="00EC712E"/>
     <w:rsid w:val="00ED05DF"/>
     <w:rsid w:val="00ED10D8"/>
     <w:rsid w:val="00ED16EA"/>
     <w:rsid w:val="00ED17E3"/>
     <w:rsid w:val="00ED27AC"/>
@@ -8255,80 +15611,83 @@
     <w:rsid w:val="00F61D19"/>
     <w:rsid w:val="00F62402"/>
     <w:rsid w:val="00F62E6A"/>
     <w:rsid w:val="00F62EC7"/>
     <w:rsid w:val="00F637DE"/>
     <w:rsid w:val="00F6464C"/>
     <w:rsid w:val="00F64A72"/>
     <w:rsid w:val="00F65C27"/>
     <w:rsid w:val="00F65F4B"/>
     <w:rsid w:val="00F66ACD"/>
     <w:rsid w:val="00F723D2"/>
     <w:rsid w:val="00F72673"/>
     <w:rsid w:val="00F77BD6"/>
     <w:rsid w:val="00F77F87"/>
     <w:rsid w:val="00F80D43"/>
     <w:rsid w:val="00F828F4"/>
     <w:rsid w:val="00F829A1"/>
     <w:rsid w:val="00F829FE"/>
     <w:rsid w:val="00F84618"/>
     <w:rsid w:val="00F85426"/>
     <w:rsid w:val="00F86006"/>
     <w:rsid w:val="00F90BBE"/>
     <w:rsid w:val="00F90E7E"/>
     <w:rsid w:val="00F91957"/>
     <w:rsid w:val="00F94231"/>
+    <w:rsid w:val="00F94577"/>
     <w:rsid w:val="00F953AC"/>
     <w:rsid w:val="00F95812"/>
     <w:rsid w:val="00F97D9C"/>
     <w:rsid w:val="00FA090E"/>
     <w:rsid w:val="00FA1105"/>
     <w:rsid w:val="00FA135B"/>
     <w:rsid w:val="00FA2873"/>
     <w:rsid w:val="00FA3ACB"/>
     <w:rsid w:val="00FA45CA"/>
     <w:rsid w:val="00FA4B1E"/>
     <w:rsid w:val="00FA622C"/>
     <w:rsid w:val="00FB1347"/>
     <w:rsid w:val="00FB1913"/>
     <w:rsid w:val="00FB1F84"/>
     <w:rsid w:val="00FB2335"/>
     <w:rsid w:val="00FB3BFF"/>
     <w:rsid w:val="00FB3FE7"/>
     <w:rsid w:val="00FB47C2"/>
     <w:rsid w:val="00FB52B1"/>
     <w:rsid w:val="00FB636C"/>
     <w:rsid w:val="00FB6C96"/>
     <w:rsid w:val="00FB750E"/>
     <w:rsid w:val="00FC0277"/>
     <w:rsid w:val="00FC0A89"/>
     <w:rsid w:val="00FC0CAC"/>
     <w:rsid w:val="00FC2B2E"/>
     <w:rsid w:val="00FC323C"/>
     <w:rsid w:val="00FC41EE"/>
+    <w:rsid w:val="00FC46A6"/>
     <w:rsid w:val="00FC519B"/>
     <w:rsid w:val="00FC6330"/>
+    <w:rsid w:val="00FC67AA"/>
     <w:rsid w:val="00FC67F2"/>
     <w:rsid w:val="00FC729F"/>
     <w:rsid w:val="00FD1888"/>
     <w:rsid w:val="00FD21C5"/>
     <w:rsid w:val="00FD3887"/>
     <w:rsid w:val="00FD5246"/>
     <w:rsid w:val="00FD654A"/>
     <w:rsid w:val="00FD6631"/>
     <w:rsid w:val="00FD76F8"/>
     <w:rsid w:val="00FE14CA"/>
     <w:rsid w:val="00FE5DB6"/>
     <w:rsid w:val="00FE6513"/>
     <w:rsid w:val="00FE7E27"/>
     <w:rsid w:val="00FF0E1B"/>
     <w:rsid w:val="00FF2F0B"/>
     <w:rsid w:val="00FF4039"/>
     <w:rsid w:val="00FF40E2"/>
     <w:rsid w:val="00FF4102"/>
     <w:rsid w:val="00FF70D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -8361,52 +15720,53 @@
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="endnote text" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8631,51 +15991,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009329A3"/>
+    <w:rsid w:val="007B4015"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Simplified Arabic"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00CB0670"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
@@ -8893,50 +16253,51 @@
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:rsid w:val="00CB0670"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00CB0670"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00CB0670"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:aliases w:val=" Char Char Char Char Char Char,Char Char,Char Char Char Char Char,Char Char Char Char Char Char Char Char Char Char Char,Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:rsid w:val="00CB0670"/>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:aliases w:val=" Char Char Char Char Char Char Char,Char Char Char,Char Char Char Char Char Char,Char Char Char Char Char Char Char Char Char Char Char Char"/>
     <w:link w:val="FootnoteText"/>
     <w:rsid w:val="00CB0670"/>
     <w:rPr>
       <w:rFonts w:cs="Simplified Arabic"/>
       <w:b/>
@@ -8959,50 +16320,51 @@
     <w:rsid w:val="00CB0670"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
     <w:rsid w:val="00CB0670"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="region">
     <w:name w:val="region"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00CB0670"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="locality">
     <w:name w:val="locality"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00CB0670"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CB0670"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00CB0670"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Traditional Arabic"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -9966,50 +17328,51 @@
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid4">
     <w:name w:val="Table Grid4"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00377AC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00927489"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AE5E39"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
@@ -10131,63 +17494,63 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2122531596">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="نسق Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10445,117 +17808,117 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1188</Characters>
+  <Pages>5</Pages>
+  <Words>1501</Words>
+  <Characters>6744</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>164</Lines>
+  <Paragraphs>109</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1333</CharactersWithSpaces>
+  <CharactersWithSpaces>8136</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5373978</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://etec.gov.sa/ar/productsandservices/Qiyas/internationaltests/TIMSS/Pages/default.aspx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...2 lines deleted...]
-  <cp:keywords/>
+  <dc:title>East Journal of Human Science </dc:title>
+  <dc:subject>East Journal of Human Science</dc:subject>
+  <dc:creator>EJHS</dc:creator>
+  <cp:keywords>EJHS;East Journal of Human Science</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_c15af2f3-15c0-42f7-aff1-8120ca254967_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_c15af2f3-15c0-42f7-aff1-8120ca254967_SetDate">
     <vt:lpwstr>2025-02-18T17:26:00Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_c15af2f3-15c0-42f7-aff1-8120ca254967_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_c15af2f3-15c0-42f7-aff1-8120ca254967_Name">
     <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_c15af2f3-15c0-42f7-aff1-8120ca254967_SiteId">
     <vt:lpwstr>04b4cb5d-cc41-401f-bd9d-4ca8a31a5c2f</vt:lpwstr>
   </property>