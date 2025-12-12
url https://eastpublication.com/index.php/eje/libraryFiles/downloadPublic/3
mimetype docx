--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -243,51 +243,51 @@
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00AE5E39" w:rsidRPr="00781600">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A7CBA8" w14:textId="5BA91DFE" w:rsidR="00E31CC3" w:rsidRDefault="00781600" w:rsidP="00781600">
+    <w:p w14:paraId="74A7CBA8" w14:textId="4923D364" w:rsidR="00E31CC3" w:rsidRDefault="00781600" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00781600">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
@@ -346,66 +346,79 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>الجامعة،</w:t>
       </w:r>
       <w:r w:rsidR="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> المدينه ، الدولة</w:t>
       </w:r>
+      <w:r w:rsidR="00B80A0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="ar-OM"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00B936DD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>، البريد الالكتروني</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B86206" w14:textId="562F1761" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
+    <w:p w14:paraId="31B86206" w14:textId="64965860" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
@@ -461,68 +474,67 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>الجامعة،</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> المدينه ، الدولة </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+        <w:t xml:space="preserve"> المدينه ، الدولة</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80A0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>، البريد الالكتروني</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CFD4882" w14:textId="3F765121" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00C209F1">
+    <w:p w14:paraId="6CFD4882" w14:textId="228784AB" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00C209F1">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
@@ -578,109 +590,140 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>الجامعة،</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> المدينه ، الدولة </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+        <w:t xml:space="preserve"> المدينه ، الدولة</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80A0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>، البريد الالكتروني</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505A94FE" w14:textId="262FC097" w:rsidR="00E31CC3" w:rsidRPr="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
+    <w:p w14:paraId="505A94FE" w14:textId="6FF2810F" w:rsidR="00E31CC3" w:rsidRPr="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
-      <w:r w:rsidR="00E31CC3" w:rsidRPr="00C209F1">
+      <w:r w:rsidR="00B80A0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80A0B" w:rsidRPr="00B80A0B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>ا</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B936DD">
+        <w:t>البريد الالكتروني</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80A0B" w:rsidRPr="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>لباحث المرجعي</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00343FD9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>لل</w:t>
+      </w:r>
+      <w:r w:rsidR="00B936DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>باحث المرجعي</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6514C502" w14:textId="3E12AE1D" w:rsidR="00E31CC3" w:rsidRPr="00781600" w:rsidRDefault="00E31CC3" w:rsidP="00AE5E39">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="599035D2" w14:textId="4C595175" w:rsidR="00E31CC3" w:rsidRPr="00B936DD" w:rsidRDefault="00C209F1" w:rsidP="00E31CC3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="426"/>
         </w:tabs>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
@@ -1869,58 +1912,58 @@
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="567" w:footer="113" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="273"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BFE959D" w14:textId="77777777" w:rsidR="00B77F03" w:rsidRDefault="00B77F03">
+    <w:p w14:paraId="5774CAFC" w14:textId="77777777" w:rsidR="00774F72" w:rsidRDefault="00774F72">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07ABBE80" w14:textId="77777777" w:rsidR="00B77F03" w:rsidRDefault="00B77F03">
+    <w:p w14:paraId="1C812988" w14:textId="77777777" w:rsidR="00774F72" w:rsidRDefault="00774F72">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Simplified Arabic">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2404,58 +2447,58 @@
       <w:t>يح</w:t>
     </w:r>
     <w:r w:rsidRPr="00D622AD">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
   </w:p>
   <w:p w14:paraId="675E6FD9" w14:textId="77777777" w:rsidR="00710819" w:rsidRPr="00710819" w:rsidRDefault="00710819">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59A96387" w14:textId="77777777" w:rsidR="00B77F03" w:rsidRDefault="00B77F03">
+    <w:p w14:paraId="0F44BCC0" w14:textId="77777777" w:rsidR="00774F72" w:rsidRDefault="00774F72">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="310FA577" w14:textId="77777777" w:rsidR="00B77F03" w:rsidRDefault="00B77F03">
+    <w:p w14:paraId="2047BA99" w14:textId="77777777" w:rsidR="00774F72" w:rsidRDefault="00774F72">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="395E1086" w14:textId="77777777" w:rsidR="00A305F0" w:rsidRDefault="00A305F0" w:rsidP="00713D57">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rtl/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -6096,51 +6139,51 @@
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2MDEzMTSyNDI0MDM3NTFU0lEKTi0uzszPAykwNKgFAE5XPnctAAAA"/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2MDEzMTSyNDI0MDM3NTFU0lEKTi0uzszPAykwNKoFAMw1CEUtAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00CB0670"/>
     <w:rsid w:val="000008A4"/>
     <w:rsid w:val="00001B8E"/>
     <w:rsid w:val="000025C6"/>
     <w:rsid w:val="00003F2E"/>
     <w:rsid w:val="000040DC"/>
     <w:rsid w:val="0000425C"/>
     <w:rsid w:val="000069F6"/>
     <w:rsid w:val="000070C6"/>
     <w:rsid w:val="00011C9C"/>
     <w:rsid w:val="00011FE1"/>
     <w:rsid w:val="000121C0"/>
     <w:rsid w:val="00012CDD"/>
     <w:rsid w:val="00013783"/>
     <w:rsid w:val="000144CE"/>
     <w:rsid w:val="0001474B"/>
     <w:rsid w:val="0001481D"/>
     <w:rsid w:val="00015977"/>
     <w:rsid w:val="000203DE"/>
     <w:rsid w:val="00021CB4"/>
     <w:rsid w:val="00022BBE"/>
     <w:rsid w:val="0002304C"/>
     <w:rsid w:val="000244FA"/>
@@ -6393,132 +6436,135 @@
     <w:rsid w:val="00266AB7"/>
     <w:rsid w:val="00270902"/>
     <w:rsid w:val="00270C13"/>
     <w:rsid w:val="0027206F"/>
     <w:rsid w:val="002722EC"/>
     <w:rsid w:val="002730EE"/>
     <w:rsid w:val="002737EB"/>
     <w:rsid w:val="00277880"/>
     <w:rsid w:val="0027788F"/>
     <w:rsid w:val="00280814"/>
     <w:rsid w:val="00280EDB"/>
     <w:rsid w:val="00281544"/>
     <w:rsid w:val="00286DE0"/>
     <w:rsid w:val="00287F75"/>
     <w:rsid w:val="00290A95"/>
     <w:rsid w:val="00290B87"/>
     <w:rsid w:val="00291BC8"/>
     <w:rsid w:val="00293147"/>
     <w:rsid w:val="00293B9C"/>
     <w:rsid w:val="002968DB"/>
     <w:rsid w:val="00296ACC"/>
     <w:rsid w:val="00296AD4"/>
     <w:rsid w:val="00297C7F"/>
     <w:rsid w:val="002A1631"/>
     <w:rsid w:val="002A25D7"/>
+    <w:rsid w:val="002A2FDC"/>
     <w:rsid w:val="002A551D"/>
     <w:rsid w:val="002A5C70"/>
     <w:rsid w:val="002B0B37"/>
     <w:rsid w:val="002B25AA"/>
     <w:rsid w:val="002B2AED"/>
     <w:rsid w:val="002B58FE"/>
     <w:rsid w:val="002B6749"/>
     <w:rsid w:val="002B6AC5"/>
     <w:rsid w:val="002B6C2F"/>
     <w:rsid w:val="002B708F"/>
     <w:rsid w:val="002C101E"/>
     <w:rsid w:val="002C183D"/>
     <w:rsid w:val="002C1A2D"/>
     <w:rsid w:val="002C1E11"/>
     <w:rsid w:val="002C2847"/>
     <w:rsid w:val="002C3C44"/>
     <w:rsid w:val="002C40B5"/>
     <w:rsid w:val="002C41F2"/>
     <w:rsid w:val="002C5A18"/>
     <w:rsid w:val="002C644D"/>
     <w:rsid w:val="002C756B"/>
     <w:rsid w:val="002C7859"/>
     <w:rsid w:val="002C7AC3"/>
     <w:rsid w:val="002D150F"/>
     <w:rsid w:val="002D1765"/>
     <w:rsid w:val="002D4105"/>
     <w:rsid w:val="002D414B"/>
     <w:rsid w:val="002D66FD"/>
     <w:rsid w:val="002E0165"/>
     <w:rsid w:val="002E0DA5"/>
     <w:rsid w:val="002E1C04"/>
     <w:rsid w:val="002E53F9"/>
     <w:rsid w:val="002E5D62"/>
     <w:rsid w:val="002E6E72"/>
     <w:rsid w:val="002E714B"/>
     <w:rsid w:val="002F16D2"/>
     <w:rsid w:val="002F2836"/>
     <w:rsid w:val="002F31CA"/>
     <w:rsid w:val="002F35E6"/>
     <w:rsid w:val="002F35ED"/>
     <w:rsid w:val="002F414D"/>
     <w:rsid w:val="002F519C"/>
     <w:rsid w:val="002F7458"/>
     <w:rsid w:val="002F7910"/>
+    <w:rsid w:val="002F7EBC"/>
     <w:rsid w:val="003005D8"/>
     <w:rsid w:val="00301CCF"/>
     <w:rsid w:val="003027E3"/>
     <w:rsid w:val="003029EE"/>
     <w:rsid w:val="0030794D"/>
     <w:rsid w:val="00307CE3"/>
     <w:rsid w:val="003100B4"/>
     <w:rsid w:val="00310131"/>
     <w:rsid w:val="003112D2"/>
     <w:rsid w:val="0031493E"/>
     <w:rsid w:val="003150F4"/>
     <w:rsid w:val="00315961"/>
     <w:rsid w:val="00315CC0"/>
     <w:rsid w:val="00316206"/>
     <w:rsid w:val="00320B91"/>
     <w:rsid w:val="00320BA7"/>
     <w:rsid w:val="0032336D"/>
     <w:rsid w:val="003236D3"/>
     <w:rsid w:val="003259FC"/>
     <w:rsid w:val="00327C4D"/>
     <w:rsid w:val="00330838"/>
     <w:rsid w:val="00332137"/>
     <w:rsid w:val="0033214B"/>
     <w:rsid w:val="0033260B"/>
     <w:rsid w:val="003329D1"/>
     <w:rsid w:val="00332BE8"/>
     <w:rsid w:val="0033360F"/>
     <w:rsid w:val="00334566"/>
     <w:rsid w:val="003348B8"/>
     <w:rsid w:val="00334F20"/>
     <w:rsid w:val="003358B6"/>
     <w:rsid w:val="00336059"/>
     <w:rsid w:val="003360E9"/>
     <w:rsid w:val="00336643"/>
     <w:rsid w:val="0034233D"/>
     <w:rsid w:val="00342990"/>
     <w:rsid w:val="0034356A"/>
     <w:rsid w:val="00343E6B"/>
+    <w:rsid w:val="00343FD9"/>
     <w:rsid w:val="00345637"/>
     <w:rsid w:val="00345E07"/>
     <w:rsid w:val="0034746C"/>
     <w:rsid w:val="00350343"/>
     <w:rsid w:val="00350367"/>
     <w:rsid w:val="0035055B"/>
     <w:rsid w:val="00350FF5"/>
     <w:rsid w:val="0035193D"/>
     <w:rsid w:val="00352394"/>
     <w:rsid w:val="003528A7"/>
     <w:rsid w:val="00352F66"/>
     <w:rsid w:val="00354964"/>
     <w:rsid w:val="00355A59"/>
     <w:rsid w:val="00360993"/>
     <w:rsid w:val="00362E78"/>
     <w:rsid w:val="00364040"/>
     <w:rsid w:val="00364CAD"/>
     <w:rsid w:val="00367271"/>
     <w:rsid w:val="003700B4"/>
     <w:rsid w:val="00371849"/>
     <w:rsid w:val="0037782B"/>
     <w:rsid w:val="00377AC3"/>
     <w:rsid w:val="00380123"/>
     <w:rsid w:val="00380781"/>
     <w:rsid w:val="00380DD4"/>
@@ -6973,50 +7019,51 @@
     <w:rsid w:val="00751351"/>
     <w:rsid w:val="0075195C"/>
     <w:rsid w:val="00752617"/>
     <w:rsid w:val="00752676"/>
     <w:rsid w:val="007531BE"/>
     <w:rsid w:val="007534ED"/>
     <w:rsid w:val="007535DA"/>
     <w:rsid w:val="0075370E"/>
     <w:rsid w:val="00753C36"/>
     <w:rsid w:val="00753E2D"/>
     <w:rsid w:val="00753E8F"/>
     <w:rsid w:val="00754574"/>
     <w:rsid w:val="007545F4"/>
     <w:rsid w:val="00754763"/>
     <w:rsid w:val="0075528A"/>
     <w:rsid w:val="00755CD9"/>
     <w:rsid w:val="00755EE1"/>
     <w:rsid w:val="0075618E"/>
     <w:rsid w:val="007573A5"/>
     <w:rsid w:val="00757E4F"/>
     <w:rsid w:val="00765323"/>
     <w:rsid w:val="0077106D"/>
     <w:rsid w:val="00771434"/>
     <w:rsid w:val="007715FB"/>
     <w:rsid w:val="0077262B"/>
+    <w:rsid w:val="00774F72"/>
     <w:rsid w:val="00775577"/>
     <w:rsid w:val="007778D1"/>
     <w:rsid w:val="0078031A"/>
     <w:rsid w:val="00780EE4"/>
     <w:rsid w:val="00781600"/>
     <w:rsid w:val="007835DC"/>
     <w:rsid w:val="00783C7D"/>
     <w:rsid w:val="00786568"/>
     <w:rsid w:val="0078734E"/>
     <w:rsid w:val="00787FB1"/>
     <w:rsid w:val="00794583"/>
     <w:rsid w:val="00794D3E"/>
     <w:rsid w:val="007A2C2D"/>
     <w:rsid w:val="007A33B3"/>
     <w:rsid w:val="007A38C9"/>
     <w:rsid w:val="007A4C63"/>
     <w:rsid w:val="007A523A"/>
     <w:rsid w:val="007A6D65"/>
     <w:rsid w:val="007A76E5"/>
     <w:rsid w:val="007A7C5C"/>
     <w:rsid w:val="007B32F2"/>
     <w:rsid w:val="007B4CB3"/>
     <w:rsid w:val="007B72D5"/>
     <w:rsid w:val="007C0059"/>
     <w:rsid w:val="007C0FD3"/>
@@ -7406,50 +7453,51 @@
     <w:rsid w:val="00B364FD"/>
     <w:rsid w:val="00B36DF2"/>
     <w:rsid w:val="00B41550"/>
     <w:rsid w:val="00B418ED"/>
     <w:rsid w:val="00B42AAD"/>
     <w:rsid w:val="00B42DF7"/>
     <w:rsid w:val="00B43881"/>
     <w:rsid w:val="00B43D8C"/>
     <w:rsid w:val="00B44517"/>
     <w:rsid w:val="00B47B35"/>
     <w:rsid w:val="00B52BC2"/>
     <w:rsid w:val="00B53885"/>
     <w:rsid w:val="00B545B0"/>
     <w:rsid w:val="00B55932"/>
     <w:rsid w:val="00B57E1F"/>
     <w:rsid w:val="00B618B7"/>
     <w:rsid w:val="00B62037"/>
     <w:rsid w:val="00B62757"/>
     <w:rsid w:val="00B62F00"/>
     <w:rsid w:val="00B701BE"/>
     <w:rsid w:val="00B74D93"/>
     <w:rsid w:val="00B75A3C"/>
     <w:rsid w:val="00B76A01"/>
     <w:rsid w:val="00B76A86"/>
     <w:rsid w:val="00B77F03"/>
+    <w:rsid w:val="00B80A0B"/>
     <w:rsid w:val="00B82DBB"/>
     <w:rsid w:val="00B84A8D"/>
     <w:rsid w:val="00B85B88"/>
     <w:rsid w:val="00B86755"/>
     <w:rsid w:val="00B870A6"/>
     <w:rsid w:val="00B91F15"/>
     <w:rsid w:val="00B936DD"/>
     <w:rsid w:val="00B93B7B"/>
     <w:rsid w:val="00B94069"/>
     <w:rsid w:val="00B957D7"/>
     <w:rsid w:val="00BA0F24"/>
     <w:rsid w:val="00BA23D4"/>
     <w:rsid w:val="00BA26E3"/>
     <w:rsid w:val="00BA3DFB"/>
     <w:rsid w:val="00BA5C18"/>
     <w:rsid w:val="00BA6B9B"/>
     <w:rsid w:val="00BA74AA"/>
     <w:rsid w:val="00BB0BAB"/>
     <w:rsid w:val="00BB0F98"/>
     <w:rsid w:val="00BB1BC3"/>
     <w:rsid w:val="00BB3645"/>
     <w:rsid w:val="00BB49EB"/>
     <w:rsid w:val="00BB54FB"/>
     <w:rsid w:val="00BB6259"/>
     <w:rsid w:val="00BB673E"/>
@@ -7910,50 +7958,51 @@
     <w:rsid w:val="00FC0A89"/>
     <w:rsid w:val="00FC0CAC"/>
     <w:rsid w:val="00FC2B2E"/>
     <w:rsid w:val="00FC323C"/>
     <w:rsid w:val="00FC41EE"/>
     <w:rsid w:val="00FC519B"/>
     <w:rsid w:val="00FC6330"/>
     <w:rsid w:val="00FC67F2"/>
     <w:rsid w:val="00FC729F"/>
     <w:rsid w:val="00FD1888"/>
     <w:rsid w:val="00FD21C5"/>
     <w:rsid w:val="00FD3887"/>
     <w:rsid w:val="00FD5246"/>
     <w:rsid w:val="00FD654A"/>
     <w:rsid w:val="00FD6631"/>
     <w:rsid w:val="00FD76F8"/>
     <w:rsid w:val="00FE14CA"/>
     <w:rsid w:val="00FE5DB6"/>
     <w:rsid w:val="00FE6513"/>
     <w:rsid w:val="00FE7E27"/>
     <w:rsid w:val="00FF0E1B"/>
     <w:rsid w:val="00FF2F0B"/>
     <w:rsid w:val="00FF4039"/>
     <w:rsid w:val="00FF40E2"/>
     <w:rsid w:val="00FF4102"/>
+    <w:rsid w:val="00FF6DCA"/>
     <w:rsid w:val="00FF70D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -10054,82 +10103,82 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>209</Words>
-  <Characters>1192</Characters>
+  <Words>203</Words>
+  <Characters>1162</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1399</CharactersWithSpaces>
+  <CharactersWithSpaces>1363</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5373978</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://etec.gov.sa/ar/productsandservices/Qiyas/internationaltests/TIMSS/Pages/default.aspx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>