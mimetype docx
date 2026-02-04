--- v0 (2025-10-26)
+++ v1 (2026-02-04)
@@ -137,375 +137,277 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Third Author Name</w:t>
       </w:r>
       <w:r w:rsidRPr="00301594">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BB64B54" w14:textId="3F65ECEE" w:rsidR="00194A3C" w:rsidRPr="0020434D" w:rsidRDefault="00194A3C" w:rsidP="00194A3C">
+    <w:p w14:paraId="6BB64B54" w14:textId="4A17765E" w:rsidR="00194A3C" w:rsidRPr="0020434D" w:rsidRDefault="00194A3C" w:rsidP="00194A3C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Department, College, University, City, Country</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="4B74B9C5" w14:textId="7132416F" w:rsidR="00194A3C" w:rsidRPr="0020434D" w:rsidRDefault="00194A3C" w:rsidP="00194A3C">
+        <w:t>Department, College, University, City, Country.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B74B9C5" w14:textId="3CA325DE" w:rsidR="00194A3C" w:rsidRPr="0020434D" w:rsidRDefault="00194A3C" w:rsidP="00194A3C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Department, College, University, City, Country</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="580795E7" w14:textId="23D57CDC" w:rsidR="00194A3C" w:rsidRPr="0020434D" w:rsidRDefault="00194A3C" w:rsidP="00194A3C">
+        <w:t>Department, College, University, City, Country.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580795E7" w14:textId="59F093FB" w:rsidR="00194A3C" w:rsidRPr="0020434D" w:rsidRDefault="00194A3C" w:rsidP="00194A3C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Department, College, University, City, Country</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="49C85B04" w14:textId="2E96F024" w:rsidR="000A19D9" w:rsidRDefault="00BE00D6" w:rsidP="00194A3C">
+        <w:t>Department, College, University, City, Country.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C85B04" w14:textId="6BFBF998" w:rsidR="000A19D9" w:rsidRDefault="00BE00D6" w:rsidP="00194A3C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5790"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="005D11E4" w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Corresponding Author</w:t>
       </w:r>
+      <w:r w:rsidR="00C0062F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Email</w:t>
+      </w:r>
       <w:r w:rsidR="001F30B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25597CA3" w14:textId="77777777" w:rsidR="00A31596" w:rsidRDefault="00A31596" w:rsidP="00A31596">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Received</w:t>
       </w:r>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>: dd/mm/</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">: dd/mm/yyyy, </w:t>
+      </w:r>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>yyyy</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>Revised</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>dd/mm/</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>dd/mm/yyyy</w:t>
+      </w:r>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Accepted</w:t>
       </w:r>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>: dd/mm/</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">: dd/mm/yyyy, </w:t>
+      </w:r>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>yyyy</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Published</w:t>
+      </w:r>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>: dd/mm/yyyy</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="352F58C9" w14:textId="42B5ADED" w:rsidR="00781F93" w:rsidRDefault="00E51405" w:rsidP="00320609">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0034176C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
@@ -787,65 +689,51 @@
     </w:p>
     <w:p w14:paraId="1ABC17C3" w14:textId="5249A673" w:rsidR="00A40BCC" w:rsidRPr="0070268A" w:rsidRDefault="00A40BCC" w:rsidP="00194A3C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070268A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>In this subsection</w:t>
       </w:r>
       <w:r w:rsidR="00334474" w:rsidRPr="0070268A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, if needed</w:t>
       </w:r>
       <w:r w:rsidRPr="0070268A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, provide detailed information relevant to the first aspect of your study. This may include more specific background information, a deeper dive into a particular area of </w:t>
-[...13 lines deleted...]
-        <w:t>, or a detailed explanation of one part of your methodology.</w:t>
+        <w:t>, provide detailed information relevant to the first aspect of your study. This may include more specific background information, a deeper dive into a particular area of the literature, or a detailed explanation of one part of your methodology.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7504134B" w14:textId="77777777" w:rsidR="00663D17" w:rsidRPr="0070268A" w:rsidRDefault="00663D17" w:rsidP="00194A3C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070268A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Subtitle2</w:t>
       </w:r>
@@ -1186,65 +1074,51 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070268A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tables</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DE1ABC4" w14:textId="51459450" w:rsidR="00EB1441" w:rsidRDefault="00EB1441" w:rsidP="00194A3C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070268A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">When using tables in your document, follow this format: Include a full citation for each table. For example, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Table 1 shows the example table.</w:t>
+        <w:t>When using tables in your document, follow this format: Include a full citation for each table. For example, use Table 1 shows the example table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C36F9BB" w14:textId="77777777" w:rsidR="00EB22A3" w:rsidRPr="0070268A" w:rsidRDefault="00EB22A3" w:rsidP="00194A3C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6519352B" w14:textId="1BCD911E" w:rsidR="004975A2" w:rsidRPr="0070268A" w:rsidRDefault="004975A2" w:rsidP="00194A3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070268A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -1266,128 +1140,124 @@
         <w:t xml:space="preserve"> Write the table title here</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2408"/>
       </w:tblGrid>
       <w:tr w:rsidR="004975A2" w:rsidRPr="0070268A" w14:paraId="118A280D" w14:textId="77777777" w:rsidTr="00D85690">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13199D19" w14:textId="77777777" w:rsidR="004975A2" w:rsidRPr="0070268A" w:rsidRDefault="004975A2" w:rsidP="00194A3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070268A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58AC8B4B" w14:textId="77777777" w:rsidR="004975A2" w:rsidRPr="0070268A" w:rsidRDefault="004975A2" w:rsidP="00194A3C">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070268A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E689376" w14:textId="77777777" w:rsidR="004975A2" w:rsidRPr="0070268A" w:rsidRDefault="004975A2" w:rsidP="00194A3C">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070268A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CEE0031" w14:textId="77777777" w:rsidR="004975A2" w:rsidRPr="0070268A" w:rsidRDefault="004975A2" w:rsidP="00194A3C">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070268A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Header</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004975A2" w:rsidRPr="0070268A" w14:paraId="335D4FB3" w14:textId="77777777" w:rsidTr="00D85690">
         <w:trPr>
@@ -2016,142 +1886,656 @@
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="005E341B" w:rsidRPr="0070268A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B6B97EE" w14:textId="77777777" w:rsidR="00110A82" w:rsidRPr="0070268A" w:rsidRDefault="00110A82" w:rsidP="00194A3C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070268A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">[1] A. Author, Title of Book, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> ed. City of Publisher, (State, Country if applicable): Publisher, Year.</w:t>
+        <w:t>[1] A. Author, Title of Book, xth ed. City of Publisher, (State, Country if applicable): Publisher, Year.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="042CE288" w14:textId="77777777" w:rsidR="00110A82" w:rsidRPr="0070268A" w:rsidRDefault="00110A82" w:rsidP="00194A3C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070268A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>[2] A. Author, B. Author, and C. Author, "Title of Paper," Abbrev. Title of Journal, vol. x, no. x, pp. xxx-xxx, Month Year.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D9A436" w14:textId="77777777" w:rsidR="00110A82" w:rsidRPr="0070268A" w:rsidRDefault="00110A82" w:rsidP="00194A3C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070268A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>[3] A. Author and B. Author, "Title of Paper," in Proc. Name of Conference, City of Conference, (State, Country if applicable), Year, pp. xxx-xxx.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FF90630" w14:textId="034C0CA4" w:rsidR="00CF7320" w:rsidRPr="0070268A" w:rsidRDefault="00110A82" w:rsidP="00194A3C">
+    <w:p w14:paraId="7FF90630" w14:textId="034C0CA4" w:rsidR="00CF7320" w:rsidRDefault="00110A82" w:rsidP="00194A3C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070268A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>[4] A. Author, "Title of Webpage," Website Name. [Online]. Available: URL. [Accessed: Month Day, Year].</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CF7320" w:rsidRPr="0070268A" w:rsidSect="00EB22A3">
+    <w:p w14:paraId="034F727D" w14:textId="77777777" w:rsidR="00A349D4" w:rsidRDefault="00A349D4" w:rsidP="00194A3C">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DEE5458" w14:textId="6B26AA5A" w:rsidR="00A349D4" w:rsidRDefault="00A349D4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03BF4EE1" w14:textId="77777777" w:rsidR="00A349D4" w:rsidRPr="00F148E2" w:rsidRDefault="00A349D4" w:rsidP="00A349D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="426"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="124F1A" w:themeColor="accent3" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0B769F" w:themeColor="accent4" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>عنوان المقال</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A349D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0B769F" w:themeColor="accent4" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ARABIC TITLE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D41D19F" w14:textId="77777777" w:rsidR="00A349D4" w:rsidRPr="00F148E2" w:rsidRDefault="00A349D4" w:rsidP="00A349D4">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4113B055" w14:textId="77777777" w:rsidR="00A349D4" w:rsidRPr="00AA176B" w:rsidRDefault="00A349D4" w:rsidP="00A349D4">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA176B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الباحث الأول </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA176B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1* </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA176B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>، الباحث الثاني</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA176B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA176B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>، الباحث الثالث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA176B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA176B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B60721D" w14:textId="77777777" w:rsidR="00A349D4" w:rsidRPr="00F148E2" w:rsidRDefault="00A349D4" w:rsidP="00A349D4">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>القسم، الجامعة، المدينه ، الدولة</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E069615" w14:textId="77777777" w:rsidR="00A349D4" w:rsidRPr="00F148E2" w:rsidRDefault="00A349D4" w:rsidP="00A349D4">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> القسم، الجامعة، المدينه ، الدولة </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB86B69" w14:textId="77777777" w:rsidR="00A349D4" w:rsidRPr="00F148E2" w:rsidRDefault="00A349D4" w:rsidP="00A349D4">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> القسم، الجامعة، المدينه ، الدولة </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FD756F" w14:textId="77777777" w:rsidR="00A349D4" w:rsidRPr="00F148E2" w:rsidRDefault="00A349D4" w:rsidP="00A349D4">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="348EF872" w14:textId="77777777" w:rsidR="00A349D4" w:rsidRPr="00F148E2" w:rsidRDefault="00A349D4" w:rsidP="00A349D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="426"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BDDEE13" w14:textId="77777777" w:rsidR="00A349D4" w:rsidRPr="00F148E2" w:rsidRDefault="00A349D4" w:rsidP="00A349D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="426"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>الملخص:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C0345BD" w14:textId="77777777" w:rsidR="00A349D4" w:rsidRPr="00F148E2" w:rsidRDefault="00A349D4" w:rsidP="00A349D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="426"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>يكتب الملخص العربي هنا بخط 12 مائل ولايزيد عن 300 كلمة</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649740CB" w14:textId="77777777" w:rsidR="00A349D4" w:rsidRPr="00F148E2" w:rsidRDefault="00A349D4" w:rsidP="00A349D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="426"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>الكلمات المفتاحية</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>يكتب الكلمات المفتاحية لاتقل عن 3 ولا تزيد عن 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45623E99" w14:textId="77777777" w:rsidR="00A349D4" w:rsidRPr="00A349D4" w:rsidRDefault="00A349D4" w:rsidP="00A349D4">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A349D4" w:rsidRPr="00A349D4" w:rsidSect="00EB22A3">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1134" w:bottom="567" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="273A6BAB" w14:textId="77777777" w:rsidR="00236A1F" w:rsidRDefault="00236A1F" w:rsidP="005D11E4">
+    <w:p w14:paraId="38D8EBFE" w14:textId="77777777" w:rsidR="0053641B" w:rsidRDefault="0053641B" w:rsidP="005D11E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="708BAC36" w14:textId="77777777" w:rsidR="00236A1F" w:rsidRDefault="00236A1F" w:rsidP="005D11E4">
+    <w:p w14:paraId="2527B139" w14:textId="77777777" w:rsidR="0053641B" w:rsidRDefault="0053641B" w:rsidP="005D11E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
@@ -2594,61 +2978,61 @@
     </w:r>
     <w:r w:rsidRPr="00F46338">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00F46338">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>which permits unrestricted use, distribution, and reproduction in any medium, provided the original work is properly cited.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64E773F6" w14:textId="77777777" w:rsidR="00236A1F" w:rsidRDefault="00236A1F" w:rsidP="005D11E4">
+    <w:p w14:paraId="3AE054FC" w14:textId="77777777" w:rsidR="0053641B" w:rsidRDefault="0053641B" w:rsidP="005D11E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44DFFE10" w14:textId="77777777" w:rsidR="00236A1F" w:rsidRDefault="00236A1F" w:rsidP="005D11E4">
+    <w:p w14:paraId="05CCEF4D" w14:textId="77777777" w:rsidR="0053641B" w:rsidRDefault="0053641B" w:rsidP="005D11E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47EB670E" w14:textId="68BC0DBC" w:rsidR="00235652" w:rsidRPr="00D80BA8" w:rsidRDefault="00235652" w:rsidP="00235652">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="E97132" w:themeColor="accent2"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
@@ -2937,73 +3321,60 @@
                         <a:off x="0" y="0"/>
                         <a:ext cx="2840990" cy="584200"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="73C3EA3A" w14:textId="77777777" w:rsidR="00EB22A3" w:rsidRPr="00D80BA8" w:rsidRDefault="00EB22A3" w:rsidP="00EB22A3">
                           <w:pPr>
                             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                             <w:rPr>
                               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                               <w:i/>
                               <w:iCs/>
                               <w:color w:val="0E2841" w:themeColor="text2"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:proofErr w:type="gramStart"/>
                           <w:r w:rsidRPr="00D80BA8">
                             <w:rPr>
                               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                               <w:i/>
                               <w:iCs/>
                               <w:color w:val="0E2841" w:themeColor="text2"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t>Volume  ,</w:t>
-[...11 lines deleted...]
-                            <w:t xml:space="preserve"> Issue  </w:t>
+                            <w:t xml:space="preserve">Volume  , Issue  </w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="3DFDADBA" w14:textId="77777777" w:rsidR="00EB22A3" w:rsidRPr="00D80BA8" w:rsidRDefault="00EB22A3" w:rsidP="00EB22A3">
                           <w:pPr>
                             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                             <w:rPr>
                               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                               <w:i/>
                               <w:iCs/>
                               <w:color w:val="0E2841" w:themeColor="text2"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00D80BA8">
                             <w:rPr>
                               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                               <w:i/>
                               <w:iCs/>
                               <w:color w:val="0E2841" w:themeColor="text2"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Publisher: East Publication &amp; Technology</w:t>
                           </w:r>
@@ -3669,124 +4040,125 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1658725614">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="893346589">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MzU1MDMxMjS0MDY0szRX0lEKTi0uzszPAykwNKkFAOoWEaUtAAAA"/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MzU1MDMxMjS0MDY0szRX0lEKTi0uzszPAykwNKsFAGh0J5ctAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="005D11E4"/>
     <w:rsid w:val="0008741B"/>
     <w:rsid w:val="000A19D9"/>
     <w:rsid w:val="000C55C2"/>
     <w:rsid w:val="000C5786"/>
     <w:rsid w:val="000C7473"/>
     <w:rsid w:val="00110A82"/>
     <w:rsid w:val="00146E0E"/>
     <w:rsid w:val="001540CF"/>
     <w:rsid w:val="00155BEC"/>
     <w:rsid w:val="00183802"/>
     <w:rsid w:val="00194A3C"/>
     <w:rsid w:val="001E2706"/>
     <w:rsid w:val="001F1D64"/>
     <w:rsid w:val="001F30B4"/>
     <w:rsid w:val="001F318F"/>
     <w:rsid w:val="001F667E"/>
     <w:rsid w:val="0020434D"/>
     <w:rsid w:val="00213185"/>
     <w:rsid w:val="00225933"/>
     <w:rsid w:val="0022631B"/>
     <w:rsid w:val="00235652"/>
     <w:rsid w:val="00236A1F"/>
     <w:rsid w:val="002853B4"/>
     <w:rsid w:val="00290B65"/>
     <w:rsid w:val="002A6F65"/>
     <w:rsid w:val="00301594"/>
     <w:rsid w:val="00317233"/>
     <w:rsid w:val="00320609"/>
     <w:rsid w:val="0033325A"/>
     <w:rsid w:val="003333A3"/>
     <w:rsid w:val="00334474"/>
     <w:rsid w:val="0034176C"/>
     <w:rsid w:val="00391EA8"/>
     <w:rsid w:val="00397E86"/>
+    <w:rsid w:val="003B0B2B"/>
     <w:rsid w:val="003D5FC1"/>
     <w:rsid w:val="003D6D91"/>
     <w:rsid w:val="00401140"/>
     <w:rsid w:val="0043421F"/>
     <w:rsid w:val="004457CF"/>
     <w:rsid w:val="00457FA9"/>
     <w:rsid w:val="004761FB"/>
     <w:rsid w:val="00476874"/>
     <w:rsid w:val="004975A2"/>
     <w:rsid w:val="004A4010"/>
     <w:rsid w:val="004D3499"/>
     <w:rsid w:val="004D647E"/>
+    <w:rsid w:val="0053641B"/>
     <w:rsid w:val="00557804"/>
     <w:rsid w:val="005723C4"/>
     <w:rsid w:val="00574DE3"/>
     <w:rsid w:val="005A2DE1"/>
     <w:rsid w:val="005A7DDA"/>
     <w:rsid w:val="005B054C"/>
     <w:rsid w:val="005B4D68"/>
     <w:rsid w:val="005B6590"/>
     <w:rsid w:val="005B7D5D"/>
     <w:rsid w:val="005D11E4"/>
     <w:rsid w:val="005E341B"/>
     <w:rsid w:val="005E5929"/>
     <w:rsid w:val="00606517"/>
     <w:rsid w:val="0061632A"/>
     <w:rsid w:val="0064134B"/>
     <w:rsid w:val="00645F3F"/>
     <w:rsid w:val="00663D17"/>
     <w:rsid w:val="00672090"/>
     <w:rsid w:val="0067262B"/>
     <w:rsid w:val="00674D1E"/>
     <w:rsid w:val="006A527C"/>
     <w:rsid w:val="006E02B0"/>
     <w:rsid w:val="0070268A"/>
     <w:rsid w:val="00722795"/>
     <w:rsid w:val="00751AC3"/>
@@ -3797,109 +4169,117 @@
     <w:rsid w:val="00794FAB"/>
     <w:rsid w:val="007A060F"/>
     <w:rsid w:val="007A1AB1"/>
     <w:rsid w:val="007C5399"/>
     <w:rsid w:val="007D5AF8"/>
     <w:rsid w:val="007E313C"/>
     <w:rsid w:val="007F47E6"/>
     <w:rsid w:val="0080091D"/>
     <w:rsid w:val="00861DD7"/>
     <w:rsid w:val="008754F2"/>
     <w:rsid w:val="00881806"/>
     <w:rsid w:val="008A2522"/>
     <w:rsid w:val="008D0101"/>
     <w:rsid w:val="008F528E"/>
     <w:rsid w:val="00911A73"/>
     <w:rsid w:val="00925DCE"/>
     <w:rsid w:val="00965659"/>
     <w:rsid w:val="00981847"/>
     <w:rsid w:val="0098731A"/>
     <w:rsid w:val="009970D2"/>
     <w:rsid w:val="00997AC2"/>
     <w:rsid w:val="009B7668"/>
     <w:rsid w:val="009E2710"/>
     <w:rsid w:val="00A03472"/>
     <w:rsid w:val="00A31596"/>
+    <w:rsid w:val="00A349D4"/>
     <w:rsid w:val="00A40BCC"/>
     <w:rsid w:val="00A41502"/>
     <w:rsid w:val="00A6019D"/>
     <w:rsid w:val="00A91192"/>
+    <w:rsid w:val="00A9241D"/>
     <w:rsid w:val="00AA0874"/>
+    <w:rsid w:val="00AA176B"/>
     <w:rsid w:val="00AA63C6"/>
+    <w:rsid w:val="00AF5E69"/>
     <w:rsid w:val="00AF6188"/>
     <w:rsid w:val="00B17C3B"/>
     <w:rsid w:val="00B365B7"/>
     <w:rsid w:val="00B64378"/>
     <w:rsid w:val="00B81758"/>
     <w:rsid w:val="00B90420"/>
     <w:rsid w:val="00B967A9"/>
     <w:rsid w:val="00BA7B10"/>
     <w:rsid w:val="00BC57F8"/>
     <w:rsid w:val="00BD083F"/>
     <w:rsid w:val="00BE00D6"/>
     <w:rsid w:val="00BF17E5"/>
     <w:rsid w:val="00BF4E55"/>
+    <w:rsid w:val="00C0062F"/>
     <w:rsid w:val="00C321A0"/>
     <w:rsid w:val="00C3557E"/>
     <w:rsid w:val="00C40A0B"/>
     <w:rsid w:val="00C862AB"/>
     <w:rsid w:val="00C86828"/>
     <w:rsid w:val="00C92D6A"/>
     <w:rsid w:val="00C93DBA"/>
     <w:rsid w:val="00CA0248"/>
     <w:rsid w:val="00CB294B"/>
     <w:rsid w:val="00CD24D8"/>
     <w:rsid w:val="00CE668C"/>
     <w:rsid w:val="00CF7320"/>
     <w:rsid w:val="00D04806"/>
+    <w:rsid w:val="00D77B93"/>
     <w:rsid w:val="00D80BA8"/>
+    <w:rsid w:val="00D92DCA"/>
     <w:rsid w:val="00D932FD"/>
     <w:rsid w:val="00DA5CD8"/>
     <w:rsid w:val="00DA6705"/>
     <w:rsid w:val="00DB03BD"/>
     <w:rsid w:val="00DD0BFD"/>
     <w:rsid w:val="00E309C1"/>
     <w:rsid w:val="00E51405"/>
     <w:rsid w:val="00E66457"/>
     <w:rsid w:val="00E86168"/>
     <w:rsid w:val="00E934B0"/>
     <w:rsid w:val="00EA0D42"/>
     <w:rsid w:val="00EA7697"/>
     <w:rsid w:val="00EA7C18"/>
     <w:rsid w:val="00EB1441"/>
     <w:rsid w:val="00EB22A3"/>
     <w:rsid w:val="00ED11AB"/>
     <w:rsid w:val="00ED44BE"/>
     <w:rsid w:val="00EE28C1"/>
     <w:rsid w:val="00EF089F"/>
     <w:rsid w:val="00F14AF6"/>
     <w:rsid w:val="00F330DA"/>
     <w:rsid w:val="00F37FCB"/>
     <w:rsid w:val="00F46338"/>
     <w:rsid w:val="00F65329"/>
     <w:rsid w:val="00F70CBE"/>
     <w:rsid w:val="00F723C9"/>
+    <w:rsid w:val="00F80C46"/>
     <w:rsid w:val="00FA08D0"/>
     <w:rsid w:val="00FA18A6"/>
     <w:rsid w:val="00FA2956"/>
     <w:rsid w:val="00FC2517"/>
     <w:rsid w:val="00FD000D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -5361,76 +5741,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E8F74E3-FD96-46E3-9215-DEFB979B30FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5806</Characters>
+  <Pages>4</Pages>
+  <Words>1092</Words>
+  <Characters>6045</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>121</Lines>
+  <Paragraphs>69</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6811</CharactersWithSpaces>
+  <CharactersWithSpaces>7080</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>EJCS</dc:title>
   <dc:subject/>
   <dc:creator>East Publication and Technology</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>721f7d9d81e5f690163f206ad613ca9ea7f297b7befaeab7d2b84210c5edf59a</vt:lpwstr>