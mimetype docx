--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -260,51 +260,51 @@
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00AE5E39" w:rsidRPr="00781600">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A7CBA8" w14:textId="19040CA9" w:rsidR="00E31CC3" w:rsidRDefault="00781600" w:rsidP="00781600">
+    <w:p w14:paraId="74A7CBA8" w14:textId="006C38B0" w:rsidR="00E31CC3" w:rsidRDefault="00781600" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00781600">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
@@ -409,66 +409,52 @@
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> ،</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> الدولة</w:t>
       </w:r>
-      <w:r w:rsidR="00E478F3">
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="31B86206" w14:textId="0AB3CE88" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
+    <w:p w14:paraId="31B86206" w14:textId="52C77A2C" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
@@ -572,66 +558,52 @@
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> ،</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> الدولة </w:t>
       </w:r>
-      <w:r w:rsidR="00E478F3">
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6CFD4882" w14:textId="57413572" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00C209F1">
+    <w:p w14:paraId="6CFD4882" w14:textId="0575AB34" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00C209F1">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
@@ -735,96 +707,104 @@
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> ،</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> الدولة </w:t>
       </w:r>
-      <w:r w:rsidR="00E478F3">
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="505A94FE" w14:textId="372B2461" w:rsidR="00E31CC3" w:rsidRPr="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
+    <w:p w14:paraId="505A94FE" w14:textId="074ABD5C" w:rsidR="00E31CC3" w:rsidRPr="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve">* </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E31CC3" w:rsidRPr="00C209F1">
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00C71081">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>ا</w:t>
+        <w:t xml:space="preserve"> البريد الالكتروني</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C209F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C71081">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>ل</w:t>
       </w:r>
       <w:r w:rsidR="00E478F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>لباحث المرجعي</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6514C502" w14:textId="3E12AE1D" w:rsidR="00E31CC3" w:rsidRPr="00781600" w:rsidRDefault="00E31CC3" w:rsidP="00AE5E39">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="599035D2" w14:textId="1DD57AA8" w:rsidR="00E31CC3" w:rsidRPr="00E478F3" w:rsidRDefault="00C209F1" w:rsidP="00E31CC3">
       <w:pPr>
@@ -1854,51 +1834,77 @@
         <w:t xml:space="preserve">هنا  </w:t>
       </w:r>
       <w:r w:rsidRPr="00F65F4B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F65F4B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
-        <w:t xml:space="preserve">14خط  عادي ) </w:t>
+        <w:t>14</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>خط  عادي</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F65F4B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) </w:t>
       </w:r>
       <w:r w:rsidRPr="00F65F4B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F65F4B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F65F4B">
         <w:rPr>
@@ -2280,58 +2286,58 @@
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="567" w:footer="113" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="273"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EFAE289" w14:textId="77777777" w:rsidR="008113FC" w:rsidRDefault="008113FC">
+    <w:p w14:paraId="45CEB4D8" w14:textId="77777777" w:rsidR="00C06632" w:rsidRDefault="00C06632">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="449CA00D" w14:textId="77777777" w:rsidR="008113FC" w:rsidRDefault="008113FC">
+    <w:p w14:paraId="6570069B" w14:textId="77777777" w:rsidR="00C06632" w:rsidRDefault="00C06632">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Simplified Arabic">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2832,58 +2838,58 @@
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
       <w:t>يح</w:t>
     </w:r>
     <w:r w:rsidRPr="00D622AD">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A0DC562" w14:textId="77777777" w:rsidR="008113FC" w:rsidRDefault="008113FC">
+    <w:p w14:paraId="64448B0F" w14:textId="77777777" w:rsidR="00C06632" w:rsidRDefault="00C06632">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="646A7615" w14:textId="77777777" w:rsidR="008113FC" w:rsidRDefault="008113FC">
+    <w:p w14:paraId="36B740AF" w14:textId="77777777" w:rsidR="00C06632" w:rsidRDefault="00C06632">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="395E1086" w14:textId="77777777" w:rsidR="00A305F0" w:rsidRDefault="00A305F0" w:rsidP="00713D57">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rtl/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -6526,51 +6532,51 @@
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2MDEzMTSyNDI0MDM3NTFU0lEKTi0uzszPAymwrAUAfx+59iwAAAA="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2MDEzMTSyNDI0MDM3NTFU0lEKTi0uzszPAykwNKgFAE5XPnctAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00CB0670"/>
     <w:rsid w:val="000008A4"/>
     <w:rsid w:val="00001B8E"/>
     <w:rsid w:val="000025C6"/>
     <w:rsid w:val="00003F2E"/>
     <w:rsid w:val="000040DC"/>
     <w:rsid w:val="0000425C"/>
     <w:rsid w:val="000069F6"/>
     <w:rsid w:val="000070C6"/>
     <w:rsid w:val="00011C9C"/>
     <w:rsid w:val="00011FE1"/>
     <w:rsid w:val="000121C0"/>
     <w:rsid w:val="00012CDD"/>
     <w:rsid w:val="00013783"/>
     <w:rsid w:val="000144CE"/>
     <w:rsid w:val="0001474B"/>
     <w:rsid w:val="0001481D"/>
     <w:rsid w:val="00015977"/>
     <w:rsid w:val="000163BE"/>
     <w:rsid w:val="000203DE"/>
     <w:rsid w:val="00021CB4"/>
     <w:rsid w:val="00022BBE"/>
     <w:rsid w:val="0002304C"/>
@@ -7500,50 +7506,51 @@
     <w:rsid w:val="00836890"/>
     <w:rsid w:val="0084037E"/>
     <w:rsid w:val="00840551"/>
     <w:rsid w:val="0084218D"/>
     <w:rsid w:val="00842B06"/>
     <w:rsid w:val="008432AF"/>
     <w:rsid w:val="00843575"/>
     <w:rsid w:val="00844050"/>
     <w:rsid w:val="008475A4"/>
     <w:rsid w:val="008477A4"/>
     <w:rsid w:val="00850951"/>
     <w:rsid w:val="00851706"/>
     <w:rsid w:val="00852E97"/>
     <w:rsid w:val="008530F5"/>
     <w:rsid w:val="00853270"/>
     <w:rsid w:val="00854DFA"/>
     <w:rsid w:val="0085777B"/>
     <w:rsid w:val="008605B7"/>
     <w:rsid w:val="00861094"/>
     <w:rsid w:val="00861F88"/>
     <w:rsid w:val="00863841"/>
     <w:rsid w:val="00864E8D"/>
     <w:rsid w:val="00865192"/>
     <w:rsid w:val="0086650C"/>
     <w:rsid w:val="008710AA"/>
+    <w:rsid w:val="00871A7F"/>
     <w:rsid w:val="008721A5"/>
     <w:rsid w:val="00872798"/>
     <w:rsid w:val="0087299A"/>
     <w:rsid w:val="0087311C"/>
     <w:rsid w:val="00874D8A"/>
     <w:rsid w:val="00875A7A"/>
     <w:rsid w:val="00876D7A"/>
     <w:rsid w:val="00877441"/>
     <w:rsid w:val="0088040C"/>
     <w:rsid w:val="00880A97"/>
     <w:rsid w:val="00883728"/>
     <w:rsid w:val="00883A52"/>
     <w:rsid w:val="00884011"/>
     <w:rsid w:val="008851A0"/>
     <w:rsid w:val="0088646D"/>
     <w:rsid w:val="008874AC"/>
     <w:rsid w:val="00891146"/>
     <w:rsid w:val="00891BEA"/>
     <w:rsid w:val="008938BD"/>
     <w:rsid w:val="008939DE"/>
     <w:rsid w:val="00896223"/>
     <w:rsid w:val="0089682B"/>
     <w:rsid w:val="008A0EB8"/>
     <w:rsid w:val="008A1276"/>
     <w:rsid w:val="008A3763"/>
@@ -7893,87 +7900,89 @@
     <w:rsid w:val="00BD61AC"/>
     <w:rsid w:val="00BD65F0"/>
     <w:rsid w:val="00BD6687"/>
     <w:rsid w:val="00BD6CE6"/>
     <w:rsid w:val="00BD7808"/>
     <w:rsid w:val="00BE27FC"/>
     <w:rsid w:val="00BE4B72"/>
     <w:rsid w:val="00BE5299"/>
     <w:rsid w:val="00BE56B9"/>
     <w:rsid w:val="00BE5DE0"/>
     <w:rsid w:val="00BE79C0"/>
     <w:rsid w:val="00BE7FBB"/>
     <w:rsid w:val="00BF09DF"/>
     <w:rsid w:val="00BF0D3E"/>
     <w:rsid w:val="00BF2817"/>
     <w:rsid w:val="00BF2E6D"/>
     <w:rsid w:val="00BF5887"/>
     <w:rsid w:val="00BF5B04"/>
     <w:rsid w:val="00BF5C3C"/>
     <w:rsid w:val="00C00005"/>
     <w:rsid w:val="00C00CEC"/>
     <w:rsid w:val="00C00F51"/>
     <w:rsid w:val="00C02D0A"/>
     <w:rsid w:val="00C04A86"/>
     <w:rsid w:val="00C05C75"/>
+    <w:rsid w:val="00C06632"/>
     <w:rsid w:val="00C06813"/>
     <w:rsid w:val="00C07F66"/>
     <w:rsid w:val="00C11938"/>
     <w:rsid w:val="00C12498"/>
     <w:rsid w:val="00C14023"/>
     <w:rsid w:val="00C142D6"/>
     <w:rsid w:val="00C15C98"/>
     <w:rsid w:val="00C17669"/>
     <w:rsid w:val="00C17E4D"/>
     <w:rsid w:val="00C209F1"/>
     <w:rsid w:val="00C21709"/>
     <w:rsid w:val="00C231BA"/>
     <w:rsid w:val="00C245EC"/>
     <w:rsid w:val="00C24783"/>
     <w:rsid w:val="00C24835"/>
     <w:rsid w:val="00C258D9"/>
     <w:rsid w:val="00C25C67"/>
     <w:rsid w:val="00C3390A"/>
     <w:rsid w:val="00C34A7B"/>
     <w:rsid w:val="00C35D11"/>
     <w:rsid w:val="00C3643C"/>
     <w:rsid w:val="00C37640"/>
     <w:rsid w:val="00C41F28"/>
     <w:rsid w:val="00C425C4"/>
     <w:rsid w:val="00C43F72"/>
     <w:rsid w:val="00C4745D"/>
     <w:rsid w:val="00C5141A"/>
     <w:rsid w:val="00C539A7"/>
     <w:rsid w:val="00C53BA9"/>
     <w:rsid w:val="00C53DB7"/>
     <w:rsid w:val="00C57E9B"/>
     <w:rsid w:val="00C62532"/>
     <w:rsid w:val="00C62B3F"/>
     <w:rsid w:val="00C62B59"/>
     <w:rsid w:val="00C64DD2"/>
     <w:rsid w:val="00C669F5"/>
     <w:rsid w:val="00C70D0F"/>
+    <w:rsid w:val="00C71081"/>
     <w:rsid w:val="00C71127"/>
     <w:rsid w:val="00C711CD"/>
     <w:rsid w:val="00C71A27"/>
     <w:rsid w:val="00C71ABB"/>
     <w:rsid w:val="00C7276C"/>
     <w:rsid w:val="00C73D49"/>
     <w:rsid w:val="00C84224"/>
     <w:rsid w:val="00C84F2F"/>
     <w:rsid w:val="00C86955"/>
     <w:rsid w:val="00C86F4B"/>
     <w:rsid w:val="00C9016E"/>
     <w:rsid w:val="00C904FF"/>
     <w:rsid w:val="00C92BFB"/>
     <w:rsid w:val="00C92D6A"/>
     <w:rsid w:val="00C93323"/>
     <w:rsid w:val="00C93A8B"/>
     <w:rsid w:val="00C93D07"/>
     <w:rsid w:val="00C9449C"/>
     <w:rsid w:val="00CA027C"/>
     <w:rsid w:val="00CA115C"/>
     <w:rsid w:val="00CA2F2C"/>
     <w:rsid w:val="00CA5BBE"/>
     <w:rsid w:val="00CA65AC"/>
     <w:rsid w:val="00CA6A75"/>
     <w:rsid w:val="00CB0670"/>
@@ -10498,82 +10507,82 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{146DD902-223E-4B84-B738-4936688AAC25}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>209</Words>
-  <Characters>1192</Characters>
+  <Words>174</Words>
+  <Characters>1147</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>EJCS</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1399</CharactersWithSpaces>
+  <CharactersWithSpaces>1317</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5373978</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://etec.gov.sa/ar/productsandservices/Qiyas/internationaltests/TIMSS/Pages/default.aspx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>