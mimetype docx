--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -243,51 +243,51 @@
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00AE5E39" w:rsidRPr="00781600">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A7CBA8" w14:textId="2537E65F" w:rsidR="00E31CC3" w:rsidRDefault="00781600" w:rsidP="00781600">
+    <w:p w14:paraId="74A7CBA8" w14:textId="0B27D825" w:rsidR="00E31CC3" w:rsidRDefault="00781600" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00781600">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
@@ -346,94 +346,96 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>الجامعة،</w:t>
       </w:r>
       <w:r w:rsidR="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008549CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>المدينه،</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C209F1">
+        <w:t>المدينه</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008549CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الدولة</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008549CC">
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:bidi="ar-OM"/>
+          <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>، البريد الالكتروني</w:t>
+        <w:t xml:space="preserve"> الدولة</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B86206" w14:textId="0B8E9FEE" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
+    <w:p w14:paraId="31B86206" w14:textId="129BBA84" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
@@ -491,108 +493,110 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>الجامعة،</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008549CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>المدينه،</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>المدينه</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008549CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008549CC">
+        <w:t>،</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>الدولة،</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008549CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:bidi="ar-OM"/>
+          <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> البريد الالكتروني</w:t>
+        <w:t>الدولة</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CFD4882" w14:textId="29A66096" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00C209F1">
+    <w:p w14:paraId="6CFD4882" w14:textId="7B4F20D5" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00C209F1">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
@@ -650,127 +654,140 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>الجامعة،</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008549CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>المدينه،</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>المدينه</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008549CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008549CC">
+        <w:t>،</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>الدولة،</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008549CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:bidi="ar-OM"/>
+          <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> البريد الالكتروني</w:t>
+        <w:t>الدولة</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505A94FE" w14:textId="1BE802FB" w:rsidR="00E31CC3" w:rsidRPr="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
+    <w:p w14:paraId="505A94FE" w14:textId="7D99AA51" w:rsidR="00E31CC3" w:rsidRPr="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00781600">
       <w:pPr>
         <w:ind w:left="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidR="005436AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بريد </w:t>
       </w:r>
       <w:r w:rsidR="008549CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">الباحث </w:t>
       </w:r>
       <w:r w:rsidRPr="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:hint="cs"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>المرجعي</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6514C502" w14:textId="3E12AE1D" w:rsidR="00E31CC3" w:rsidRPr="00781600" w:rsidRDefault="00E31CC3" w:rsidP="00AE5E39">
@@ -950,146 +967,263 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00C209F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Department, University, City, Countery </w:t>
+        <w:t xml:space="preserve">Department, University, City, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C209F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Countery</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C209F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65F9E5F4" w14:textId="6E9F86C0" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00C209F1">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Department, University, City, Countery </w:t>
+        <w:t xml:space="preserve">Department, University, City, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Countery</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4308107B" w14:textId="465A39F1" w:rsidR="00C209F1" w:rsidRDefault="00C209F1" w:rsidP="00C209F1">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:bidi="ar-IQ"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Department, University, City, Countery </w:t>
+        <w:t xml:space="preserve">Department, University, City, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Countery</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38357AB6" w14:textId="77777777" w:rsidR="00781600" w:rsidRPr="00E31CC3" w:rsidRDefault="00781600" w:rsidP="00781600">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BB7A643" w14:textId="5B301357" w:rsidR="00E31CC3" w:rsidRPr="00E31CC3" w:rsidRDefault="00E31CC3" w:rsidP="00E31CC3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E31CC3">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Received: dd/mm/yyyy; Revised: dd/mm/yyyy; Accepted: dd/mm/yyyy; Published: dd/mm/yyyy</w:t>
-      </w:r>
+        <w:t>Received: dd/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E31CC3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E31CC3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>; Revised: dd/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E31CC3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E31CC3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>; Accepted: dd/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E31CC3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E31CC3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>; Published: dd/mm/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E31CC3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4F7253BF" w14:textId="0D8908AE" w:rsidR="00E31CC3" w:rsidRPr="007A6D65" w:rsidRDefault="00E31CC3" w:rsidP="00E31CC3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A6D65">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:bidi="ar-JO"/>
         </w:rPr>
         <w:t>ـــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــــ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BC2C1C3" w14:textId="77777777" w:rsidR="00E31CC3" w:rsidRPr="00C539A7" w:rsidRDefault="00E31CC3" w:rsidP="005208C5">
       <w:pPr>
         <w:tabs>
@@ -1139,51 +1273,81 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="ar-OM"/>
         </w:rPr>
-        <w:t>يكتب الملخص العربي هنا بخط 12 مائل ولايزيد عن 300 كلمة</w:t>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 كلمة</w:t>
       </w:r>
       <w:r w:rsidR="00F97D9C" w:rsidRPr="00E31CC3">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="395E0E72" w14:textId="3FE4EA46" w:rsidR="001D09E5" w:rsidRDefault="001D09E5" w:rsidP="007A6D65">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1979,58 +2143,58 @@
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="567" w:footer="113" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="273"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D9D125A" w14:textId="77777777" w:rsidR="00126C22" w:rsidRDefault="00126C22">
+    <w:p w14:paraId="40B337BB" w14:textId="77777777" w:rsidR="00FD74B0" w:rsidRDefault="00FD74B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C6ACF1C" w14:textId="77777777" w:rsidR="00126C22" w:rsidRDefault="00126C22">
+    <w:p w14:paraId="2D638724" w14:textId="77777777" w:rsidR="00FD74B0" w:rsidRDefault="00FD74B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Simplified Arabic">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2425,51 +2589,73 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="838200" cy="298450"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00D622AD">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
-      <w:t xml:space="preserve">حقوق النشر: ©2025 المؤلف(ون). نُشر بواسطة </w:t>
+      <w:t>حقوق النشر: ©2025 المؤلف(</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00D622AD">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:szCs w:val="20"/>
+        <w:rtl/>
+      </w:rPr>
+      <w:t>ون</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00D622AD">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:szCs w:val="20"/>
+        <w:rtl/>
+      </w:rPr>
+      <w:t xml:space="preserve">). نُشر بواسطة </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="cs"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
       <w:t>الشرق</w:t>
     </w:r>
     <w:r w:rsidRPr="00D622AD">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
       <w:t xml:space="preserve"> للنشر والتكنولوجيا. هذه المقالة متاحة بنظام الوصول المفتوح بموجب شروط </w:t>
     </w:r>
     <w:hyperlink r:id="rId3" w:history="1">
       <w:r w:rsidRPr="00D622AD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
@@ -2510,58 +2696,58 @@
         <w:rtl/>
       </w:rPr>
       <w:t>يح</w:t>
     </w:r>
     <w:r w:rsidRPr="00D622AD">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="495CE952" w14:textId="77777777" w:rsidR="0059334B" w:rsidRPr="0059334B" w:rsidRDefault="0059334B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B4D5592" w14:textId="77777777" w:rsidR="00126C22" w:rsidRDefault="00126C22">
+    <w:p w14:paraId="427FA782" w14:textId="77777777" w:rsidR="00FD74B0" w:rsidRDefault="00FD74B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0EA7B205" w14:textId="77777777" w:rsidR="00126C22" w:rsidRDefault="00126C22">
+    <w:p w14:paraId="4D7EBA0A" w14:textId="77777777" w:rsidR="00FD74B0" w:rsidRDefault="00FD74B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="395E1086" w14:textId="77777777" w:rsidR="00A305F0" w:rsidRDefault="00A305F0" w:rsidP="00713D57">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rtl/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -6090,84 +6276,86 @@
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1001158787">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="207961090">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1312906816">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="331838823">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1315839239">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="9"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2MDEzMTSyNDI0MDM3NTFU0lEKTi0uzszPAymwrAUAfx+59iwAAAA="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2MDEzMTSyNDI0MDM3NTFU0lEKTi0uzszPAykwNKgFAE5XPnctAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00CB0670"/>
     <w:rsid w:val="000008A4"/>
     <w:rsid w:val="00001B8E"/>
     <w:rsid w:val="000025C6"/>
     <w:rsid w:val="00003F2E"/>
     <w:rsid w:val="000040DC"/>
+    <w:rsid w:val="0000419B"/>
     <w:rsid w:val="0000425C"/>
     <w:rsid w:val="000069F6"/>
     <w:rsid w:val="000070C6"/>
     <w:rsid w:val="00011C9C"/>
     <w:rsid w:val="00011FE1"/>
     <w:rsid w:val="000121C0"/>
     <w:rsid w:val="00012CDD"/>
     <w:rsid w:val="00013783"/>
     <w:rsid w:val="000144CE"/>
     <w:rsid w:val="0001474B"/>
     <w:rsid w:val="0001481D"/>
     <w:rsid w:val="00015977"/>
     <w:rsid w:val="000203DE"/>
     <w:rsid w:val="00021CB4"/>
     <w:rsid w:val="00022BBE"/>
     <w:rsid w:val="0002304C"/>
     <w:rsid w:val="000244FA"/>
     <w:rsid w:val="00025034"/>
     <w:rsid w:val="0002547F"/>
     <w:rsid w:val="000255D2"/>
     <w:rsid w:val="00025C27"/>
     <w:rsid w:val="00026364"/>
     <w:rsid w:val="00027D8B"/>
     <w:rsid w:val="00032055"/>
     <w:rsid w:val="00036E34"/>
@@ -6711,50 +6899,51 @@
     <w:rsid w:val="005139D9"/>
     <w:rsid w:val="005143D4"/>
     <w:rsid w:val="005148B2"/>
     <w:rsid w:val="0051509A"/>
     <w:rsid w:val="00516AD5"/>
     <w:rsid w:val="00516C8E"/>
     <w:rsid w:val="005208C5"/>
     <w:rsid w:val="00521571"/>
     <w:rsid w:val="00522A56"/>
     <w:rsid w:val="005247F7"/>
     <w:rsid w:val="00524E3C"/>
     <w:rsid w:val="00525DB2"/>
     <w:rsid w:val="00527C6E"/>
     <w:rsid w:val="0053005F"/>
     <w:rsid w:val="005320E0"/>
     <w:rsid w:val="00532BDD"/>
     <w:rsid w:val="0053372B"/>
     <w:rsid w:val="00536B65"/>
     <w:rsid w:val="005407CC"/>
     <w:rsid w:val="00540A7D"/>
     <w:rsid w:val="00541502"/>
     <w:rsid w:val="005423AB"/>
     <w:rsid w:val="005425CF"/>
     <w:rsid w:val="005435A8"/>
     <w:rsid w:val="005435C2"/>
+    <w:rsid w:val="005436AF"/>
     <w:rsid w:val="0054441F"/>
     <w:rsid w:val="0054560F"/>
     <w:rsid w:val="00546204"/>
     <w:rsid w:val="005467DD"/>
     <w:rsid w:val="00547808"/>
     <w:rsid w:val="00550970"/>
     <w:rsid w:val="00551C7F"/>
     <w:rsid w:val="005567E0"/>
     <w:rsid w:val="00556913"/>
     <w:rsid w:val="00561024"/>
     <w:rsid w:val="005622A4"/>
     <w:rsid w:val="00562369"/>
     <w:rsid w:val="00562747"/>
     <w:rsid w:val="0056277A"/>
     <w:rsid w:val="00563485"/>
     <w:rsid w:val="005647FD"/>
     <w:rsid w:val="005650BC"/>
     <w:rsid w:val="00565258"/>
     <w:rsid w:val="00566083"/>
     <w:rsid w:val="005661E1"/>
     <w:rsid w:val="005679B0"/>
     <w:rsid w:val="00567D66"/>
     <w:rsid w:val="00567F15"/>
     <w:rsid w:val="0057031F"/>
     <w:rsid w:val="005705BA"/>
@@ -7916,50 +8105,51 @@
     <w:rsid w:val="00FB1F84"/>
     <w:rsid w:val="00FB2335"/>
     <w:rsid w:val="00FB3BFF"/>
     <w:rsid w:val="00FB3FE7"/>
     <w:rsid w:val="00FB47C2"/>
     <w:rsid w:val="00FB52B1"/>
     <w:rsid w:val="00FB636C"/>
     <w:rsid w:val="00FB6C96"/>
     <w:rsid w:val="00FB750E"/>
     <w:rsid w:val="00FC0277"/>
     <w:rsid w:val="00FC0A89"/>
     <w:rsid w:val="00FC0CAC"/>
     <w:rsid w:val="00FC2B2E"/>
     <w:rsid w:val="00FC323C"/>
     <w:rsid w:val="00FC41EE"/>
     <w:rsid w:val="00FC519B"/>
     <w:rsid w:val="00FC6330"/>
     <w:rsid w:val="00FC67F2"/>
     <w:rsid w:val="00FC729F"/>
     <w:rsid w:val="00FD1888"/>
     <w:rsid w:val="00FD21C5"/>
     <w:rsid w:val="00FD3887"/>
     <w:rsid w:val="00FD5246"/>
     <w:rsid w:val="00FD654A"/>
     <w:rsid w:val="00FD6631"/>
+    <w:rsid w:val="00FD74B0"/>
     <w:rsid w:val="00FD76F8"/>
     <w:rsid w:val="00FE14CA"/>
     <w:rsid w:val="00FE5DB6"/>
     <w:rsid w:val="00FE6513"/>
     <w:rsid w:val="00FE7E27"/>
     <w:rsid w:val="00FF0E1B"/>
     <w:rsid w:val="00FF2F0B"/>
     <w:rsid w:val="00FF4039"/>
     <w:rsid w:val="00FF40E2"/>
     <w:rsid w:val="00FF4102"/>
     <w:rsid w:val="00FF70D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -10071,82 +10261,82 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>208</Words>
-  <Characters>1187</Characters>
+  <Words>170</Words>
+  <Characters>1135</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1393</CharactersWithSpaces>
+  <CharactersWithSpaces>1297</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5373978</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://etec.gov.sa/ar/productsandservices/Qiyas/internationaltests/TIMSS/Pages/default.aspx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>