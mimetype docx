--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -159,219 +159,205 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Third Author Name</w:t>
       </w:r>
       <w:r w:rsidRPr="00301594">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01533060" w14:textId="4C5D371F" w:rsidR="00454B93" w:rsidRPr="0020434D" w:rsidRDefault="00454B93" w:rsidP="00454B93">
+    <w:p w14:paraId="01533060" w14:textId="7EF8D44C" w:rsidR="00454B93" w:rsidRPr="0020434D" w:rsidRDefault="00454B93" w:rsidP="00454B93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Department, College, University, City, Country</w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Department, College, University, City, Country.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F7370D8" w14:textId="5569B3F0" w:rsidR="00454B93" w:rsidRPr="0020434D" w:rsidRDefault="00454B93" w:rsidP="00454B93">
+    <w:p w14:paraId="6F7370D8" w14:textId="148DB96A" w:rsidR="00454B93" w:rsidRPr="0020434D" w:rsidRDefault="00454B93" w:rsidP="00454B93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Department, College, University, City, Country</w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Department, College, University, City, Country.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ABD017C" w14:textId="66FD9F1D" w:rsidR="00454B93" w:rsidRPr="0020434D" w:rsidRDefault="00454B93" w:rsidP="00454B93">
+    <w:p w14:paraId="3ABD017C" w14:textId="1C0EE2AA" w:rsidR="00454B93" w:rsidRPr="0020434D" w:rsidRDefault="00454B93" w:rsidP="00454B93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7080"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Department, College, University, City, Country</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A77806">
+        <w:t>Department</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, Email</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0020434D">
+        <w:t>, College, University, City, Country.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FEED087" w14:textId="4AFB8B0D" w:rsidR="00454B93" w:rsidRDefault="00454B93" w:rsidP="00454B93">
+    <w:p w14:paraId="7FEED087" w14:textId="78F61B99" w:rsidR="00454B93" w:rsidRDefault="00454B93" w:rsidP="00454B93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5790"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="0020434D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Corresponding Author</w:t>
       </w:r>
+      <w:r w:rsidR="0013150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0013150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:r w:rsidR="0013150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="07C2CD1F" w14:textId="77777777" w:rsidR="00454B93" w:rsidRDefault="00454B93" w:rsidP="000E242C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk194057539"/>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Received</w:t>
       </w:r>
       <w:r w:rsidRPr="005273DC">
@@ -424,60 +410,62 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dd/mm/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>yyyy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Accepted</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: dd/mm/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>yyyy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005273DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
@@ -1200,128 +1188,124 @@
         <w:t>: Write the table title here</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2408"/>
       </w:tblGrid>
       <w:tr w:rsidR="00454B93" w:rsidRPr="0070268A" w14:paraId="015ADDFB" w14:textId="77777777" w:rsidTr="00AC26D3">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3462E95B" w14:textId="77777777" w:rsidR="00454B93" w:rsidRPr="0070268A" w:rsidRDefault="00454B93" w:rsidP="00AC26D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070268A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="519F195B" w14:textId="77777777" w:rsidR="00454B93" w:rsidRPr="0070268A" w:rsidRDefault="00454B93" w:rsidP="00AC26D3">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070268A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F9C94F8" w14:textId="77777777" w:rsidR="00454B93" w:rsidRPr="0070268A" w:rsidRDefault="00454B93" w:rsidP="00AC26D3">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070268A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="150BD0ED" w14:textId="77777777" w:rsidR="00454B93" w:rsidRPr="0070268A" w:rsidRDefault="00454B93" w:rsidP="00AC26D3">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070268A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0E2841" w:themeColor="text2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Header</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00454B93" w:rsidRPr="0070268A" w14:paraId="708D9F24" w14:textId="77777777" w:rsidTr="00AC26D3">
         <w:trPr>
@@ -1981,81 +1965,773 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D85DBD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Author, A., &amp; Author, B. (Year). Title of paper. In Proceedings of the Name of Conference (pp. xxx–xxx). City, Country: Publisher.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="291D6E4B" w14:textId="77777777" w:rsidR="00454B93" w:rsidRPr="0070268A" w:rsidRDefault="00454B93" w:rsidP="00454B93">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D85DBD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Author, A. (Year, Month Day). Title of webpage. Website Name. https://URL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FF90630" w14:textId="435690BD" w:rsidR="00CF7320" w:rsidRPr="00454B93" w:rsidRDefault="00CF7320" w:rsidP="00454B93"/>
-    <w:sectPr w:rsidR="00CF7320" w:rsidRPr="00454B93" w:rsidSect="001E3F2E">
+    <w:p w14:paraId="7FF90630" w14:textId="58F8C6F7" w:rsidR="004D7EAC" w:rsidRPr="004D7EAC" w:rsidRDefault="004D7EAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D7EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423A8CC7" w14:textId="77777777" w:rsidR="004D7EAC" w:rsidRPr="00F148E2" w:rsidRDefault="004D7EAC" w:rsidP="004D7EAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="426"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="124F1A" w:themeColor="accent3" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>عنوان المقال</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D7EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="E97132" w:themeColor="accent2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ARABIC TITLE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B3792C5" w14:textId="77777777" w:rsidR="004D7EAC" w:rsidRPr="00F148E2" w:rsidRDefault="004D7EAC" w:rsidP="004D7EAC">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E067FA8" w14:textId="31D9C506" w:rsidR="004D7EAC" w:rsidRPr="00AD1139" w:rsidRDefault="004D7EAC" w:rsidP="004D7EAC">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1139">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الباحث الأول </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD1139">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1139">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD1139">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الباحث الثاني</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1139">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1139">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>، الباحث الثالث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1139">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1139">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5C460B" w14:textId="77777777" w:rsidR="004D7EAC" w:rsidRPr="00F148E2" w:rsidRDefault="004D7EAC" w:rsidP="004D7EAC">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">القسم، الجامعة، </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>المدينه</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الدولة</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F7F122" w14:textId="77777777" w:rsidR="004D7EAC" w:rsidRPr="00F148E2" w:rsidRDefault="004D7EAC" w:rsidP="004D7EAC">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> القسم، الجامعة، </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>المدينه</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الدولة </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62EA76B9" w14:textId="77777777" w:rsidR="004D7EAC" w:rsidRPr="00F148E2" w:rsidRDefault="004D7EAC" w:rsidP="004D7EAC">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> القسم، الجامعة، </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>المدينه</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ،</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-JO"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الدولة </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D97B16" w14:textId="77777777" w:rsidR="004D7EAC" w:rsidRPr="00F148E2" w:rsidRDefault="004D7EAC" w:rsidP="004D7EAC">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D53D9B3" w14:textId="77777777" w:rsidR="004D7EAC" w:rsidRPr="00F148E2" w:rsidRDefault="004D7EAC" w:rsidP="004D7EAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="426"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24D398A6" w14:textId="77777777" w:rsidR="004D7EAC" w:rsidRPr="00F148E2" w:rsidRDefault="004D7EAC" w:rsidP="004D7EAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="426"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-EG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>الملخص:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6493CC01" w14:textId="77777777" w:rsidR="004D7EAC" w:rsidRPr="00F148E2" w:rsidRDefault="004D7EAC" w:rsidP="004D7EAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="426"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يكتب الملخص العربي هنا بخط 12 مائل </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>ولايزيد</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عن 300 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-OM"/>
+        </w:rPr>
+        <w:t>كلمة</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="150628F1" w14:textId="77777777" w:rsidR="004D7EAC" w:rsidRPr="00F148E2" w:rsidRDefault="004D7EAC" w:rsidP="004D7EAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="426"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>الكلمات المفتاحية</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>يكتب الكلمات المفتاحية لاتقل عن 3 ولا تزيد عن 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F148E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF5DA41" w14:textId="77777777" w:rsidR="00CF7320" w:rsidRPr="004D7EAC" w:rsidRDefault="00CF7320" w:rsidP="004D7EAC">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CF7320" w:rsidRPr="004D7EAC" w:rsidSect="001E3F2E">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1134" w:bottom="567" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27AA1ECB" w14:textId="77777777" w:rsidR="00360C42" w:rsidRDefault="00360C42" w:rsidP="005D11E4">
+    <w:p w14:paraId="75F1F311" w14:textId="77777777" w:rsidR="00823974" w:rsidRDefault="00823974" w:rsidP="005D11E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F4D8AA9" w14:textId="77777777" w:rsidR="00360C42" w:rsidRDefault="00360C42" w:rsidP="005D11E4">
+    <w:p w14:paraId="46326031" w14:textId="77777777" w:rsidR="00823974" w:rsidRDefault="00823974" w:rsidP="005D11E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
@@ -2458,61 +3134,61 @@
     </w:r>
     <w:r w:rsidRPr="00F46338">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00F46338">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>which permits unrestricted use, distribution, and reproduction in any medium, provided the original work is properly cited.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64F17111" w14:textId="77777777" w:rsidR="00360C42" w:rsidRDefault="00360C42" w:rsidP="005D11E4">
+    <w:p w14:paraId="65281115" w14:textId="77777777" w:rsidR="00823974" w:rsidRDefault="00823974" w:rsidP="005D11E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0CAAF0E4" w14:textId="77777777" w:rsidR="00360C42" w:rsidRDefault="00360C42" w:rsidP="005D11E4">
+    <w:p w14:paraId="004C2373" w14:textId="77777777" w:rsidR="00823974" w:rsidRDefault="00823974" w:rsidP="005D11E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="33BBA026" w14:textId="3448A2AF" w:rsidR="008B4D81" w:rsidRPr="001F03A9" w:rsidRDefault="008B4D81" w:rsidP="008B4D81">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="E97132" w:themeColor="accent2"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
@@ -3546,212 +4222,221 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MzU1MDMxMjS0MDY0szRX0lEKTi0uzszPAykwtKgFAOZZpAktAAAA"/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MzU1MDMxMjS0MDY0szRX0lEKTi0uzszPAykwMqgFALdtO8MtAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="005D11E4"/>
     <w:rsid w:val="0008741B"/>
     <w:rsid w:val="000A19D9"/>
     <w:rsid w:val="000C55C2"/>
     <w:rsid w:val="000C5786"/>
     <w:rsid w:val="000E242C"/>
     <w:rsid w:val="000F58B9"/>
     <w:rsid w:val="00110A82"/>
+    <w:rsid w:val="0013150C"/>
+    <w:rsid w:val="00133D8E"/>
     <w:rsid w:val="00146E0E"/>
     <w:rsid w:val="001540CF"/>
     <w:rsid w:val="00155BEC"/>
     <w:rsid w:val="00186088"/>
     <w:rsid w:val="00194A3C"/>
     <w:rsid w:val="001E2706"/>
     <w:rsid w:val="001E3F2E"/>
     <w:rsid w:val="001F03A9"/>
     <w:rsid w:val="001F1D64"/>
     <w:rsid w:val="001F318F"/>
     <w:rsid w:val="001F667E"/>
     <w:rsid w:val="0020434D"/>
     <w:rsid w:val="00225933"/>
     <w:rsid w:val="0022631B"/>
     <w:rsid w:val="002853B4"/>
     <w:rsid w:val="00290B65"/>
     <w:rsid w:val="002A6F65"/>
     <w:rsid w:val="00301594"/>
     <w:rsid w:val="00302565"/>
     <w:rsid w:val="00317233"/>
     <w:rsid w:val="003300C0"/>
     <w:rsid w:val="003333A3"/>
     <w:rsid w:val="00334474"/>
     <w:rsid w:val="0034176C"/>
     <w:rsid w:val="00353B0A"/>
     <w:rsid w:val="00360C42"/>
     <w:rsid w:val="00391EA8"/>
     <w:rsid w:val="00397E86"/>
     <w:rsid w:val="003D5FC1"/>
     <w:rsid w:val="003D6D91"/>
     <w:rsid w:val="003F04A7"/>
     <w:rsid w:val="00401140"/>
     <w:rsid w:val="0043421F"/>
     <w:rsid w:val="00440F6F"/>
     <w:rsid w:val="004457CF"/>
     <w:rsid w:val="00454B93"/>
     <w:rsid w:val="004761FB"/>
     <w:rsid w:val="00476874"/>
     <w:rsid w:val="004975A2"/>
     <w:rsid w:val="004D3499"/>
     <w:rsid w:val="004D647E"/>
+    <w:rsid w:val="004D7EAC"/>
     <w:rsid w:val="005273DC"/>
     <w:rsid w:val="00550DA5"/>
     <w:rsid w:val="00557804"/>
     <w:rsid w:val="005723C4"/>
     <w:rsid w:val="00574DE3"/>
     <w:rsid w:val="00596B6C"/>
     <w:rsid w:val="005A2DE1"/>
     <w:rsid w:val="005A7DDA"/>
     <w:rsid w:val="005B054C"/>
     <w:rsid w:val="005B4D68"/>
     <w:rsid w:val="005B6574"/>
     <w:rsid w:val="005B6590"/>
     <w:rsid w:val="005B7D5D"/>
     <w:rsid w:val="005D11E4"/>
     <w:rsid w:val="005E341B"/>
     <w:rsid w:val="005E5929"/>
     <w:rsid w:val="00606517"/>
     <w:rsid w:val="0061632A"/>
     <w:rsid w:val="0064134B"/>
     <w:rsid w:val="00663D17"/>
     <w:rsid w:val="0067262B"/>
     <w:rsid w:val="00674D1E"/>
     <w:rsid w:val="00675134"/>
     <w:rsid w:val="00684246"/>
     <w:rsid w:val="006A527C"/>
     <w:rsid w:val="006E02B0"/>
     <w:rsid w:val="0070268A"/>
     <w:rsid w:val="00722795"/>
     <w:rsid w:val="00751AC3"/>
     <w:rsid w:val="007756AF"/>
     <w:rsid w:val="00781F93"/>
     <w:rsid w:val="00792350"/>
     <w:rsid w:val="00794FAB"/>
     <w:rsid w:val="007A060F"/>
     <w:rsid w:val="007A1AB1"/>
     <w:rsid w:val="007C5399"/>
     <w:rsid w:val="007E313C"/>
     <w:rsid w:val="007F47E6"/>
+    <w:rsid w:val="00823974"/>
     <w:rsid w:val="00850CBD"/>
     <w:rsid w:val="00853146"/>
     <w:rsid w:val="00861DD7"/>
     <w:rsid w:val="008754F2"/>
     <w:rsid w:val="00881806"/>
     <w:rsid w:val="008A2522"/>
     <w:rsid w:val="008B4D81"/>
     <w:rsid w:val="008F528E"/>
     <w:rsid w:val="00911A73"/>
     <w:rsid w:val="00912F5A"/>
     <w:rsid w:val="00925DCE"/>
     <w:rsid w:val="00965659"/>
     <w:rsid w:val="00981847"/>
     <w:rsid w:val="0098731A"/>
     <w:rsid w:val="009970D2"/>
     <w:rsid w:val="00997AC2"/>
     <w:rsid w:val="009B7668"/>
     <w:rsid w:val="009E2710"/>
     <w:rsid w:val="00A03472"/>
     <w:rsid w:val="00A40BCC"/>
     <w:rsid w:val="00A6019D"/>
     <w:rsid w:val="00A63A39"/>
     <w:rsid w:val="00A77806"/>
     <w:rsid w:val="00A80F59"/>
+    <w:rsid w:val="00A9241D"/>
     <w:rsid w:val="00AA0874"/>
     <w:rsid w:val="00AC3C71"/>
+    <w:rsid w:val="00AD1139"/>
     <w:rsid w:val="00AF6188"/>
     <w:rsid w:val="00B111DC"/>
     <w:rsid w:val="00B17C3B"/>
     <w:rsid w:val="00B365B7"/>
     <w:rsid w:val="00B64378"/>
     <w:rsid w:val="00B90420"/>
     <w:rsid w:val="00BA7B10"/>
     <w:rsid w:val="00BC57F8"/>
     <w:rsid w:val="00BD083F"/>
     <w:rsid w:val="00BE00D6"/>
     <w:rsid w:val="00BE3B17"/>
     <w:rsid w:val="00BF17E5"/>
     <w:rsid w:val="00BF4E55"/>
     <w:rsid w:val="00C14065"/>
     <w:rsid w:val="00C321A0"/>
     <w:rsid w:val="00C33E53"/>
     <w:rsid w:val="00C3557E"/>
     <w:rsid w:val="00C40A0B"/>
+    <w:rsid w:val="00C83C5D"/>
     <w:rsid w:val="00C862AB"/>
     <w:rsid w:val="00C86828"/>
     <w:rsid w:val="00C92D6A"/>
     <w:rsid w:val="00C93DBA"/>
     <w:rsid w:val="00CA0248"/>
     <w:rsid w:val="00CB294B"/>
     <w:rsid w:val="00CE668C"/>
     <w:rsid w:val="00CF7320"/>
     <w:rsid w:val="00D04806"/>
     <w:rsid w:val="00D260F2"/>
     <w:rsid w:val="00D932FD"/>
     <w:rsid w:val="00D97926"/>
     <w:rsid w:val="00DA5CD8"/>
     <w:rsid w:val="00DA6705"/>
     <w:rsid w:val="00DB03BD"/>
     <w:rsid w:val="00DC773B"/>
     <w:rsid w:val="00DD0BFD"/>
     <w:rsid w:val="00E309C1"/>
     <w:rsid w:val="00E51405"/>
     <w:rsid w:val="00E66457"/>
     <w:rsid w:val="00E86168"/>
     <w:rsid w:val="00E934B0"/>
     <w:rsid w:val="00EA0D42"/>
     <w:rsid w:val="00EA7697"/>
     <w:rsid w:val="00EA7C18"/>
     <w:rsid w:val="00EB1441"/>
     <w:rsid w:val="00ED11AB"/>
+    <w:rsid w:val="00ED11EB"/>
     <w:rsid w:val="00ED44BE"/>
+    <w:rsid w:val="00EE172E"/>
     <w:rsid w:val="00EE28C1"/>
     <w:rsid w:val="00EF089F"/>
     <w:rsid w:val="00F14AF6"/>
     <w:rsid w:val="00F330DA"/>
     <w:rsid w:val="00F37FCB"/>
     <w:rsid w:val="00F57ECF"/>
     <w:rsid w:val="00F65329"/>
     <w:rsid w:val="00F70CBE"/>
     <w:rsid w:val="00F723C9"/>
     <w:rsid w:val="00FA08D0"/>
     <w:rsid w:val="00FA2956"/>
     <w:rsid w:val="00FB3709"/>
     <w:rsid w:val="00FC1645"/>
     <w:rsid w:val="00FC2517"/>
     <w:rsid w:val="00FD000D"/>
     <w:rsid w:val="00FD3C05"/>
     <w:rsid w:val="00FE20C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -5280,76 +5965,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E8F74E3-FD96-46E3-9215-DEFB979B30FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5838</Characters>
+  <Pages>4</Pages>
+  <Words>1070</Words>
+  <Characters>6101</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EJAS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6849</CharactersWithSpaces>
+  <CharactersWithSpaces>7157</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>EJAS</dc:title>
   <dc:subject/>
   <dc:creator>East Publication and Techonolgy</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>721f7d9d81e5f690163f206ad613ca9ea7f297b7befaeab7d2b84210c5edf59a</vt:lpwstr>